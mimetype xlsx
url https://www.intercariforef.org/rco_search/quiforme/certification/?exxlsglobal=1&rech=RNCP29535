--- v0 (2025-11-01)
+++ v1 (2025-12-28)
@@ -823,99 +823,99 @@
   <si>
     <t>SUD MANAGEMENT</t>
   </si>
   <si>
     <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>SCHOLAR FAB ORGANISATION</t>
   </si>
   <si>
     <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>04/11/2002</t>
   </si>
   <si>
     <t>LA TOURBIERE 76170 LILLEBONNE</t>
   </si>
   <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
+    <t>SCHOLAR FAB ENTREPRISE</t>
+  </si>
+  <si>
+    <t>06/05/1991</t>
+  </si>
+  <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
     <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
   </si>
   <si>
     <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>27/07/2011</t>
-  </si>
-[...40 lines deleted...]
-    <t>01/09/1980</t>
   </si>
   <si>
     <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
   </si>
   <si>
     <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
 </sst>
 </file>
 
@@ -4040,254 +4040,254 @@
       <c r="F72" s="2" t="s">
         <v>202</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I72" s="3">
         <v>11910566091</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>53379925000014</v>
+        <v>78071407700069</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>269</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="F73" s="2" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I73" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I73" s="3"/>
       <c r="J73" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>41058110200010</v>
+        <v>30340844700033</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I74" s="3">
-        <v>72330424333</v>
+        <v>22800001380</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>42417546100021</v>
+        <v>30804972500036</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I75" s="3">
-        <v>52440404744</v>
+        <v>24180039818</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>78071407700069</v>
+        <v>41058110200010</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>264</v>
+        <v>278</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>279</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I76" s="3"/>
+        <v>57</v>
+      </c>
+      <c r="I76" s="3">
+        <v>72330424333</v>
+      </c>
       <c r="J76" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>30340844700033</v>
+        <v>42417546100021</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>280</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>282</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I77" s="3">
-        <v>22800001380</v>
+        <v>52440404744</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>30804972500036</v>
+        <v>53379925000014</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>283</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>285</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="I78" s="3">
-        <v>24180039818</v>
+        <v>72400095540</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>81751739400018</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>286</v>
       </c>
       <c r="D79" s="2"/>
@@ -4421,31 +4421,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/01/2025 23:36:59</dc:description>
+  <dc:description>Export en date du 12/28/2025 09:15:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>