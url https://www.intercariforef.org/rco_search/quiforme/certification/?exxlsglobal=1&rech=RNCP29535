--- v1 (2025-12-28)
+++ v2 (2026-02-15)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -505,53 +505,50 @@
   <si>
     <t>CENTRE DE FORMATION-CFSA CAMPUS CENTRE</t>
   </si>
   <si>
     <t>6 RUE ANNE DE BRETAGNE 41000 BLOIS</t>
   </si>
   <si>
     <t>02/01/2019</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
   </si>
   <si>
     <t>GROUPE FORMATION-CCI FORMATION-CFA IMT-ISCO</t>
   </si>
   <si>
     <t>7 RUE HOCHE 38000 GRENOBLE</t>
   </si>
   <si>
     <t>01/09/1993</t>
   </si>
   <si>
     <t>27/10/2025</t>
   </si>
   <si>
-    <t>8238P001138</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE NORD ISERE</t>
   </si>
   <si>
     <t>2 PLACE SAINT PIERRE 38200 VIENNE</t>
   </si>
   <si>
     <t>8238P000238</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU LOIRET</t>
   </si>
   <si>
     <t>CITEVOLIA 1 PLACE RIVIERRE CASALIS 45400 FLEURY-LES-AUBRAIS</t>
   </si>
   <si>
     <t>03/06/2019</t>
   </si>
   <si>
     <t>2445P000945</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET D'INDUSTRIE DU LOT</t>
   </si>
   <si>
     <t>107 QUAI EUGENE CAVAIGNAC 46000 CAHORS</t>
@@ -763,165 +760,162 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DES VOSGES</t>
   </si>
   <si>
     <t>10 RUE CLAUDE GELEE 88000 EPINAL</t>
   </si>
   <si>
     <t>05/01/2004</t>
   </si>
   <si>
     <t>4188P002288</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE INDUSTRIE DE L'YONNE</t>
   </si>
   <si>
     <t>26 RUE ETIENNE DOLET 89000 AUXERRE</t>
   </si>
   <si>
     <t>06/12/2004</t>
   </si>
   <si>
     <t>04/11/2022</t>
   </si>
   <si>
-    <t>2689P000489</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA GUYANE</t>
   </si>
   <si>
     <t>CCIG - MAISON DES ENTREPRISES - ICF</t>
   </si>
   <si>
     <t>MAISON DES ENTREPRISES PLACE DE L'ESPLANADE 97300 CAYENNE</t>
   </si>
   <si>
     <t>31/07/1990</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>SUD MANAGEMENT</t>
   </si>
   <si>
     <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
+    <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
+  </si>
+  <si>
+    <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
     <t>SCHOLAR FAB ORGANISATION</t>
   </si>
   <si>
     <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>04/11/2002</t>
   </si>
   <si>
     <t>LA TOURBIERE 76170 LILLEBONNE</t>
   </si>
   <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
+    <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
+  </si>
+  <si>
+    <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>27/07/2011</t>
+  </si>
+  <si>
     <t>SCHOLAR FAB ENTREPRISE</t>
   </si>
   <si>
     <t>06/05/1991</t>
-  </si>
-[...49 lines deleted...]
-    <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -1477,53 +1471,51 @@
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>13000809700011</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>13001278400018</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
@@ -2923,1473 +2915,1467 @@
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>18383001700152</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>159</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>162</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="I43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I43" s="3"/>
       <c r="J43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>18383002500015</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>18450001500153</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>18460001300017</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>18530044900013</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I47" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>18572202200125</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D48" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="D48" s="2" t="s">
+      <c r="E48" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="E48" s="2" t="s">
+      <c r="F48" s="2" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>18580003400067</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="D49" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="D49" s="2" t="s">
+      <c r="E49" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="E49" s="2" t="s">
+      <c r="F49" s="2" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>18640002400060</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D50" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="D50" s="2" t="s">
+      <c r="E50" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="E50" s="2" t="s">
+      <c r="F50" s="2" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>18640005700078</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="D51" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="D51" s="2" t="s">
+      <c r="E51" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="E51" s="2" t="s">
+      <c r="F51" s="2" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>18710003700022</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C52" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D52" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="D52" s="2" t="s">
+      <c r="E52" s="2" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>149</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>41</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>18710003700097</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D53" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="E53" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="E53" s="2" t="s">
+      <c r="F53" s="2" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>41</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I53" s="3"/>
       <c r="J53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>18720092800120</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="D54" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="D54" s="2" t="s">
+      <c r="E54" s="2" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I54" s="3">
         <v>52720101272</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>18743001200067</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>18750002000073</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>18770918300086</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="D57" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="E57" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="E57" s="2" t="s">
+      <c r="F57" s="2" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="I57" s="3" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>18770918300169</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D58" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="E58" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="E58" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F58" s="2" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="I58" s="3" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>18830001600121</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="D59" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="D59" s="2" t="s">
+      <c r="E59" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="E59" s="2" t="s">
+      <c r="F59" s="2" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>18830001600261</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D60" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="E60" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="E60" s="2" t="s">
+      <c r="F60" s="2" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>18850049000159</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="D61" s="2" t="s">
         <v>230</v>
       </c>
-      <c r="D61" s="2" t="s">
+      <c r="E61" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="E61" s="2" t="s">
+      <c r="F61" s="2" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="I61" s="3">
         <v>52850109285</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>18860003500144</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="3">
         <v>54860109086</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>18870801000015</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>18882211800017</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>18890911300014</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="F65" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="F65" s="2" t="s">
+      <c r="G65" s="2" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>18973302500069</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="E66" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="D66" s="2" t="s">
+      <c r="F66" s="2" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="3">
         <v>96973075197</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>18974211700097</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="E67" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="D67" s="2" t="s">
+      <c r="F67" s="2" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I67" s="3">
         <v>98970017797</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>38980220800014</v>
+        <v>30340844700033</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="I68" s="3">
-        <v>72470033047</v>
+        <v>22800001380</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>38980235600011</v>
+        <v>30804972500036</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="I69" s="3">
-        <v>72470032947</v>
+        <v>24180039818</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>44492238900010</v>
+        <v>38980220800014</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="F70" s="2" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I70" s="3"/>
+      <c r="I70" s="3">
+        <v>72470033047</v>
+      </c>
       <c r="J70" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>44492238900069</v>
+        <v>38980235600011</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>51</v>
+        <v>264</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I71" s="3"/>
+      <c r="I71" s="3">
+        <v>72470032947</v>
+      </c>
       <c r="J71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>45235951600021</v>
+        <v>81751739400018</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>202</v>
+        <v>64</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="I72" s="3">
-        <v>11910566091</v>
+        <v>76310849231</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>78071407700069</v>
+        <v>41058110200010</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>269</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I73" s="3"/>
+        <v>57</v>
+      </c>
+      <c r="I73" s="3">
+        <v>72330424333</v>
+      </c>
       <c r="J73" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>30340844700033</v>
+        <v>42417546100021</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I74" s="3">
-        <v>22800001380</v>
+        <v>52440404744</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>30804972500036</v>
+        <v>44492238900010</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I75" s="3"/>
       <c r="J75" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>41058110200010</v>
+        <v>44492238900069</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>278</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>279</v>
+        <v>51</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I76" s="3"/>
       <c r="J76" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>42417546100021</v>
+        <v>45235951600021</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>282</v>
+        <v>201</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="I77" s="3">
-        <v>52440404744</v>
+        <v>11910566091</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
         <v>53379925000014</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I78" s="3">
         <v>72400095540</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>81751739400018</v>
+        <v>78071407700069</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>64</v>
+        <v>285</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I79" s="3"/>
       <c r="J79" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
         <v>84458985300010</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I80" s="3"/>
       <c r="J80" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
         <v>88280019600017</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I81" s="3">
         <v>44540389954</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -4421,31 +4407,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/28/2025 09:15:21</dc:description>
+  <dc:description>Export en date du 02/15/2026 13:19:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>