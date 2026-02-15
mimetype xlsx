--- v0 (2025-12-12)
+++ v1 (2026-02-15)
@@ -637,377 +637,515 @@
   <si>
     <t>LD CONVENANCE 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>18/02/1985</t>
   </si>
   <si>
     <t>9597P001097</t>
   </si>
   <si>
     <t>EPLEFPA DE CROIX-RIVAIL</t>
   </si>
   <si>
     <t>LEGTA DE CROIX RIVAIL</t>
   </si>
   <si>
     <t>BOIS ROUGE CROIX RIVAIL 97224 DUCOS</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9797P001497</t>
   </si>
   <si>
+    <t>ASS CATHOLIQUE ENSEIGNEMENT AGRICOLE FORMATION RURALE NANDAX</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE</t>
+  </si>
+  <si>
+    <t>42720 NANDAX</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>66 LA CROLIERE 51130 BLANCS-COTEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>CHATEAU DE CRECY 60430 SAINT-SULPICE</t>
+  </si>
+  <si>
+    <t>ASS DES MAISONS FAMILIALES</t>
+  </si>
+  <si>
+    <t>B.P.N°9 5 PLACE DU GENERAL DE GAULLE 60380 SONGEONS</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE EDUC ORIEN</t>
+  </si>
+  <si>
+    <t>RUE DE LA SABLIERE 80260 VILLERS-BOCAGE</t>
+  </si>
+  <si>
+    <t>17/01/1989</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>MFR IREO DE LESNEVEN</t>
+  </si>
+  <si>
+    <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
+  </si>
+  <si>
+    <t>FAMIL RURAL EDUC ORIENTAT ROLLANCOU</t>
+  </si>
+  <si>
+    <t>62770 ROLLANCOURT</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE MIXTE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>15 RUE DES ECOLES 29860 PLABENNEC</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU RIBERACOIS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE 24600 VANXAINS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE SAMER</t>
+  </si>
+  <si>
+    <t>277 RUE DE DESVRES 62830 SAMER</t>
+  </si>
+  <si>
+    <t>01/01/1978</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE DE NERMONT</t>
+  </si>
+  <si>
+    <t>2 RUE DE NERMONT 28200 LA CHAPELLE-DU-NOYER</t>
+  </si>
+  <si>
+    <t>01/01/1980</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DU CHAROLAIS BRIONNAIS</t>
+  </si>
+  <si>
+    <t>71110 ANZY-LE-DUC</t>
+  </si>
+  <si>
+    <t>28/03/1986</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE ET RURALE</t>
+  </si>
+  <si>
+    <t>RUE DES LILAS 55700 STENAY</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
+    <t>ASS FAMLIALE  GESTION</t>
+  </si>
+  <si>
+    <t>LD TOUSCAYRATS 81110 VERDALLE</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
+  </si>
+  <si>
+    <t>14130 BLANGY-LE-CHATEAU</t>
+  </si>
+  <si>
+    <t>25/09/1981</t>
+  </si>
+  <si>
+    <t>41 RUE GEORGES CLEMENCEAU 29400 LANDIVISIAU</t>
+  </si>
+  <si>
+    <t>01/01/1975</t>
+  </si>
+  <si>
+    <t>2 RUE MAURICE DE TRESIGUIDY 29190 PLEYBEN</t>
+  </si>
+  <si>
+    <t>05/03/2020</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE FORMATION PROFES AGRICOLE</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA LIBERATION 56110 GOURIN</t>
+  </si>
+  <si>
+    <t>20/07/1983</t>
+  </si>
+  <si>
+    <t>MAISON FAM RURALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>LA CHOMEANE ROUTE DE GRANE 26400 DIVAJEU</t>
+  </si>
+  <si>
+    <t>01/09/1959</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD PASTEUR 56230 QUESTEMBERT</t>
+  </si>
+  <si>
+    <t>24/01/1986</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT.ORIENTAT.</t>
+  </si>
+  <si>
+    <t>21430 LIERNAIS</t>
+  </si>
+  <si>
+    <t>05/02/1986</t>
+  </si>
+  <si>
+    <t>22/06/2023</t>
+  </si>
+  <si>
+    <t>ASS GEST LYCEE AGRIC PRIVE FRANTSES ENIA</t>
+  </si>
+  <si>
+    <t>FRANTSES ENIA AV DU JAI LAI 64220 SAINT-JEAN-PIED-DE-PORT</t>
+  </si>
+  <si>
+    <t>06/09/1999</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE</t>
+  </si>
+  <si>
+    <t>64300 MONT</t>
+  </si>
+  <si>
+    <t>26/02/1986</t>
+  </si>
+  <si>
+    <t>15220 MARCOLES</t>
+  </si>
+  <si>
+    <t>01/01/1965</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE FLIXECOURT</t>
+  </si>
+  <si>
+    <t>28 RUE COURBET 80420 FLIXECOURT</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
+    <t>BELLE ETOILE 50140 MORTAIN-BOCAGE</t>
+  </si>
+  <si>
+    <t>06/02/1987</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
     <t>INSTITUT RURAL DE HAUTE NORMANDIE</t>
   </si>
   <si>
     <t>RUE GENERAL LECLERC 76890 TOTES</t>
   </si>
   <si>
     <t>01/08/1990</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ASSOCIATION MAISON FAMILLIALE GUGNECOURT</t>
   </si>
   <si>
     <t>265 GRANDE RUE 88600 GUGNECOURT</t>
   </si>
   <si>
     <t>16/07/1992</t>
   </si>
   <si>
     <t>ASS ENSEIGNE PROFESSION PRIVE AGRICOL</t>
   </si>
   <si>
     <t>2 RUE DU CHANOINE VOLTON 18520 BENGY-SUR-CRAON</t>
   </si>
   <si>
     <t>10/09/1992</t>
   </si>
   <si>
+    <t>LYCEE ISSAT</t>
+  </si>
+  <si>
+    <t>ECOLE AGRICULTURE LES CHATELETS</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA MAILLARDAIE 35600 REDON</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION RHONE ALPILLES</t>
   </si>
   <si>
     <t>2 RUE DE LA GARRIGUE 13310 SAINT-MARTIN-DE-CRAU</t>
   </si>
   <si>
     <t>20/11/2009</t>
   </si>
   <si>
     <t>AFGEEAP</t>
   </si>
   <si>
     <t>VALS ST DOMINIQUE RUE DE LA ROCHE ARNAUD 43000 LE PUY-EN-VELAY</t>
   </si>
   <si>
     <t>01/09/1994</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION</t>
   </si>
   <si>
     <t>54 BLANZEY 70220 FOUGEROLLES-SAINT-VALBERT</t>
   </si>
   <si>
     <t>01/09/1968</t>
   </si>
   <si>
     <t>CENTR FORMATION TECHNICIENS AGRICOLES</t>
   </si>
   <si>
     <t>25 RUE PIERRE NEVEU 61410 LA FERTE MACE</t>
   </si>
   <si>
     <t>01/01/1988</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPUS LA SALLE SAINT-CHRISTOPHE</t>
   </si>
   <si>
     <t>DOMAINE BELLIARD DOM BELLIARD 32140 MASSEUBE</t>
   </si>
   <si>
     <t>01/09/2004</t>
   </si>
   <si>
-    <t>ASS CATHOLIQUE ENSEIGNEMENT AGRICOLE FORMATION RURALE NANDAX</t>
-[...214 lines deleted...]
-  <si>
     <t>ASSOCIATION DE GESTION DES ECOLES DES SCIENCES DE LA VIE</t>
   </si>
   <si>
     <t>ROUTE DU MANS 72300 SABLE-SUR-SARTHE</t>
   </si>
   <si>
     <t>31/07/2009</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE PRIVEE</t>
   </si>
   <si>
     <t>36700 SAINT-CYRAN-DU-JAMBOT</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DU VAL DE MANSE</t>
   </si>
   <si>
     <t>10 ROUTE DE BROU 37800 NOYANT-DE-TOURAINE</t>
   </si>
   <si>
     <t>01/02/2019</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION</t>
   </si>
   <si>
     <t>3 AVENUE DES MONTOIRES 45500 GIEN</t>
   </si>
   <si>
+    <t>MAIS FAMIL RURALE VEZENOBRES</t>
+  </si>
+  <si>
+    <t>LA GARDONNENQUE ROUTE DE DEAUX 30360 VEZENOBRES</t>
+  </si>
+  <si>
+    <t>20/09/1962</t>
+  </si>
+  <si>
+    <t>31 ET 33 33 RUE ANATOLE LE BRAZ 22600 LOUDEAC</t>
+  </si>
+  <si>
+    <t>LYCEE D ENSEIGNEMENT AGRICOLE PRIVE POMMERIT</t>
+  </si>
+  <si>
+    <t>POMMERIT JAUDY CHEF DU BOIS 22450 LA ROCHE-JAUDY</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION RESPONSABLE LE NIVOT</t>
+  </si>
+  <si>
+    <t>LD LE NIVOT 29590 LOPEREC</t>
+  </si>
+  <si>
+    <t>INST FORMATION MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>ET 3B 1 RUE DES COTTERETS 35300 FOUGERES</t>
+  </si>
+  <si>
+    <t>25/12/1999</t>
+  </si>
+  <si>
+    <t>LD LA JAROUSSAYE 35150 JANZE</t>
+  </si>
+  <si>
+    <t>ASS CTRE FORMAT TECH AGRICOLE PROMOTION</t>
+  </si>
+  <si>
+    <t>L ABBAYE 35160 MONTFORT-SUR-MEU</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU GROUPE LA TOUCHE</t>
+  </si>
+  <si>
+    <t>LA TOUCHE 56800 PLOERMEL</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL INST EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>33 BOULEVARD DE BELLEVUE 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>ASS MAISON FAMILIALE ET INSTITUT, RURAL</t>
+  </si>
+  <si>
+    <t>36 RUE DE JESUS 25530 VERCEL-VILLEDIEU-LE-CAMP</t>
+  </si>
+  <si>
+    <t>29/02/1992</t>
+  </si>
+  <si>
+    <t>70230 MONTBOZON</t>
+  </si>
+  <si>
+    <t>06/05/1986</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL PRIVE DE LA BRESSE</t>
+  </si>
+  <si>
+    <t>CHATEAURENAUD 600 AVENUE FERNAND POINT 71500 LOUHANS</t>
+  </si>
+  <si>
+    <t>07/05/1992</t>
+  </si>
+  <si>
+    <t>LD CHARLY 71250 MAZILLE</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU JOVINIEN</t>
+  </si>
+  <si>
+    <t>25 RUE VERDEAU 89330 VILLEVALLIER</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURAL EDUCAT ORIENTAT</t>
+  </si>
+  <si>
+    <t>LE LIEU JAY 03320 LIMOISE</t>
+  </si>
+  <si>
+    <t>ECOL AGRIC PRIVE MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>03470 SALIGNY-SUR-ROUDON</t>
+  </si>
+  <si>
+    <t>PLACE DES ECOLES 5 ROUTE DU CALVAIRE 63740 GELLES</t>
+  </si>
+  <si>
+    <t>28/03/1994</t>
+  </si>
+  <si>
+    <t>ASSOCIATION MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>325 CHEMIN DE RONDE 01380 BAGE-LE-CHATEL</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT &amp; ORIENT</t>
+  </si>
+  <si>
+    <t>69930 SAINT-LAURENT-DE-CHAMOUSSET</t>
+  </si>
+  <si>
     <t>ASS DES MAISONS FAMILIALES BALLEROY</t>
   </si>
   <si>
     <t>81 RUE DES FORGES 14490 BALLEROY-SUR-DROME</t>
   </si>
   <si>
     <t>MFR-CENTRE DE FORMATION MALTOT</t>
   </si>
   <si>
     <t>LD LA FRANCE 14930 MALTOT</t>
   </si>
   <si>
     <t>121 RUE DES ROUTILS 50400 GRANVILLE</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE VAINS-ST   SENIER</t>
   </si>
   <si>
     <t>14 ROUTE DES GRANGES 50300 VAINS</t>
   </si>
   <si>
     <t>ORPHELINAT AGRICOLE DE GIEL</t>
   </si>
   <si>
     <t>LES COURS 61210 GIEL-COURTEILLES</t>
@@ -1099,234 +1237,96 @@
   <si>
     <t>INSTITUT SAINT ELOI</t>
   </si>
   <si>
     <t>36 RUE MARCELLIN GAUDEFROY 62450 BAPAUME</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DES HAUTS PAYS</t>
   </si>
   <si>
     <t>7 RUE DES SANS CULOTTES 62650 CAMPAGNE-LES-BOULONNAIS</t>
   </si>
   <si>
     <t>ASS ENSEIG FOR PRF AGR BLAIN DERVAL</t>
   </si>
   <si>
     <t>29 RUE DE RENNES 44590 DERVAL</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE CARQUEFOU</t>
   </si>
   <si>
     <t>LA CHARMELIERE 44470 CARQUEFOU</t>
   </si>
   <si>
-    <t>01/09/1993</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIAL RURAL EDUCAT ORIENTATION</t>
   </si>
   <si>
     <t>LA ROUSSELIERE 49260 MONTREUIL-BELLAY</t>
   </si>
   <si>
     <t>SYNDICAT ENSEIGNEMENT AGRIC POUILLE</t>
   </si>
   <si>
     <t>POUILLE 49130 LES PONTS DE CE</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUC ORIENT</t>
   </si>
   <si>
     <t>ROUTE DE SEGRE 53400 CRAON</t>
   </si>
   <si>
     <t>RUE JEAN COTTEREAU 53940 SAINT-BERTHEVIN</t>
   </si>
   <si>
     <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
   </si>
   <si>
     <t>ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>MAIS FAMILIALE RUR EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>LD LES HERMITANS 85190 VENANSAULT</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE BELLEVUE</t>
   </si>
   <si>
     <t>BP 262 44 CHEMIN DES PUYS 85700 POUZAUGES</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE EDUCATION ORIENTAT</t>
   </si>
   <si>
     <t>LD MANGE 72360 VERNEIL-LE-CHETIF</t>
   </si>
   <si>
     <t>1 BD LEON MAUDUIT 49500 SEGRE-EN-ANJOU BLEU</t>
-  </si>
-[...133 lines deleted...]
-    <t>69930 SAINT-LAURENT-DE-CHAMOUSSET</t>
   </si>
   <si>
     <t>4 RUE DES VERGERS 39700 AMANGE</t>
   </si>
   <si>
     <t>17/02/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -3743,3459 +3743,3457 @@
       <c r="F53" s="2" t="s">
         <v>205</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>206</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>38752808600011</v>
+        <v>30284262000023</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="D54" s="2"/>
+      <c r="D54" s="2" t="s">
+        <v>208</v>
+      </c>
       <c r="E54" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>38862894300010</v>
+        <v>30286824500010</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>212</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>213</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I55" s="3">
-        <v>41880029788</v>
+        <v>21510123251</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>38972793400017</v>
+        <v>30291371000018</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I56" s="3">
-        <v>24180048718</v>
+        <v>22600206060</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>40918828100029</v>
+        <v>30291412200015</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>210</v>
+        <v>27</v>
       </c>
       <c r="I57" s="3">
-        <v>93131600613</v>
+        <v>32600348060</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>41182875900018</v>
+        <v>30304156000028</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="I58" s="3">
-        <v>83430024243</v>
+        <v>22800147080</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>41244868000014</v>
+        <v>30754662200019</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>223</v>
+        <v>27</v>
       </c>
       <c r="I59" s="3">
-        <v>43700023570</v>
+        <v>53290326929</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>41461021200014</v>
+        <v>30761630000017</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>229</v>
+        <v>213</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>230</v>
+        <v>27</v>
       </c>
       <c r="I60" s="3">
-        <v>25610010561</v>
+        <v>31620049862</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>47901899600013</v>
+        <v>31138229500013</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>233</v>
+        <v>213</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I61" s="3">
-        <v>73320036632</v>
+        <v>72400086640</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>30284262000023</v>
+        <v>31150973100015</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>237</v>
+        <v>213</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I62" s="3"/>
+      <c r="I62" s="3">
+        <v>53290350229</v>
+      </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>30286824500010</v>
+        <v>31172039500020</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I63" s="3">
-        <v>21510123251</v>
+        <v>72240035924</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>30291371000018</v>
+        <v>31350031600010</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I64" s="3">
-        <v>22600206060</v>
+        <v>31620042362</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>30291412200015</v>
+        <v>31968154000013</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I65" s="3">
-        <v>32600348060</v>
+        <v>24280033228</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>30304156000028</v>
+        <v>32153880300024</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>230</v>
+        <v>27</v>
       </c>
       <c r="I66" s="3">
-        <v>22800147080</v>
+        <v>26710221271</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>30754662200019</v>
+        <v>32252047900013</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I67" s="3">
-        <v>53290326929</v>
+        <v>41550014855</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>30761630000017</v>
+        <v>32252224400019</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I68" s="3">
-        <v>31620049862</v>
+        <v>73810074281</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>31138229500013</v>
+        <v>32309642000019</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>27</v>
+        <v>178</v>
       </c>
       <c r="I69" s="3">
-        <v>72400086640</v>
+        <v>28140345514</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>31150973100015</v>
+        <v>32322209100015</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>240</v>
+        <v>251</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I70" s="3">
-        <v>53290350229</v>
+        <v>53290862929</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>31172039500020</v>
+        <v>32322210900023</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>256</v>
+        <v>228</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>240</v>
+        <v>253</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I71" s="3">
-        <v>72240035924</v>
+        <v>53290936529</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>31350031600010</v>
+        <v>32775402400013</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I72" s="3">
-        <v>31620042362</v>
+        <v>53561002256</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>31968154000013</v>
+        <v>33392505500019</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I73" s="3">
-        <v>24280033228</v>
+        <v>82260182926</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>32153880300024</v>
+        <v>33453512700016</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>264</v>
+        <v>228</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I74" s="3">
-        <v>26710221271</v>
+        <v>53560861756</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>32252047900013</v>
+        <v>33465213800010</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="G75" s="2"/>
+        <v>265</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>266</v>
+      </c>
       <c r="H75" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I75" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I75" s="3"/>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>32252224400019</v>
+        <v>33484966800044</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I76" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I76" s="3"/>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>32309642000019</v>
+        <v>33487339500019</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>178</v>
+        <v>27</v>
       </c>
       <c r="I77" s="3">
-        <v>28140345514</v>
+        <v>72640309164</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>32322209100015</v>
+        <v>33495719800016</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>254</v>
+        <v>214</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I78" s="3">
-        <v>53290862929</v>
+        <v>83150302415</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>32322210900023</v>
+        <v>33522090100011</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>254</v>
+        <v>275</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I79" s="3">
-        <v>53290936529</v>
+        <v>22800046680</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>32775402400013</v>
+        <v>34015052300017</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>280</v>
+        <v>247</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I80" s="3">
-        <v>53561002256</v>
+        <v>25500045650</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>33392505500019</v>
+        <v>34238263700011</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I81" s="3">
-        <v>82260182926</v>
+        <v>52490003849</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>33453512700016</v>
+        <v>38752808600011</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>254</v>
+        <v>283</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>27</v>
+        <v>286</v>
       </c>
       <c r="I82" s="3">
-        <v>53560861756</v>
+        <v>23760487976</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>33465213800010</v>
+        <v>38862894300010</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>288</v>
+        <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I83" s="3">
-        <v>27210375821</v>
+        <v>41880029788</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>33484966800044</v>
+        <v>38972793400017</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I84" s="3"/>
+      <c r="I84" s="3">
+        <v>24180048718</v>
+      </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>33487339500019</v>
+        <v>39948808900026</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>296</v>
-      </c>
-[...5 lines deleted...]
-        <v>298</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I85" s="3">
-        <v>72640309164</v>
+        <v>53351055135</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>33495719800016</v>
+        <v>40918828100029</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>241</v>
+        <v>297</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>27</v>
+        <v>286</v>
       </c>
       <c r="I86" s="3">
-        <v>83150302415</v>
+        <v>93131600613</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>33522090100011</v>
+        <v>41182875900018</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>27</v>
+        <v>303</v>
       </c>
       <c r="I87" s="3">
-        <v>22800046680</v>
+        <v>83430024243</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>34015052300017</v>
+        <v>41244868000014</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>273</v>
+        <v>304</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>27</v>
+        <v>303</v>
       </c>
       <c r="I88" s="3">
-        <v>25500045650</v>
+        <v>43700023570</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>51441531400012</v>
+        <v>41461021200014</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>27</v>
+        <v>221</v>
       </c>
       <c r="I89" s="3">
-        <v>52720165172</v>
+        <v>25610010561</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>77522173200016</v>
+        <v>47901899600013</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>240</v>
+        <v>312</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I90" s="3">
-        <v>24360077136</v>
+        <v>73320036632</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>77531640900033</v>
+        <v>51441531400012</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I91" s="3">
-        <v>24370312837</v>
+        <v>52720165172</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>77547038800015</v>
+        <v>77522173200016</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I92" s="3">
-        <v>24450377145</v>
+        <v>24360077136</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>78073249100011</v>
+        <v>77531640900033</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>240</v>
+        <v>320</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>178</v>
+        <v>27</v>
       </c>
       <c r="I93" s="3">
-        <v>25140027714</v>
+        <v>24370312837</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>78074754900019</v>
+        <v>77547038800015</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>178</v>
+        <v>27</v>
       </c>
       <c r="I94" s="3">
-        <v>25140002614</v>
+        <v>24450377145</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>78088761800012</v>
+        <v>77595210400013</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>273</v>
+        <v>323</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>240</v>
+        <v>325</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>178</v>
+        <v>27</v>
       </c>
       <c r="I95" s="3">
-        <v>25500012450</v>
+        <v>91300174330</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>78092793500012</v>
+        <v>77739516100014</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>321</v>
+        <v>228</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I96" s="3">
-        <v>28500142450</v>
+        <v>53220249322</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>78095858300020</v>
+        <v>77744124700015</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>325</v>
+        <v>213</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="I97" s="3"/>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>78098562800012</v>
+        <v>77756667000017</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>273</v>
+        <v>329</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>178</v>
+        <v>27</v>
       </c>
       <c r="I98" s="3">
-        <v>25610014861</v>
+        <v>53290978029</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>78100293600016</v>
+        <v>77768390500023</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>240</v>
+        <v>333</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I99" s="3">
-        <v>23760487776</v>
+        <v>53350320235</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>78100707500026</v>
+        <v>77769415900016</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>329</v>
+        <v>214</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>331</v>
+        <v>213</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I100" s="3">
-        <v>23760484376</v>
+        <v>53350320935</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>78119478200012</v>
+        <v>77770840500017</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I101" s="3">
-        <v>54160018516</v>
+        <v>53350007335</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>78136153000012</v>
+        <v>77786612000010</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>238</v>
+        <v>337</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I102" s="3">
-        <v>54170045017</v>
+        <v>53561030556</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>78141311700016</v>
+        <v>77824598500024</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>240</v>
+        <v>302</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>27</v>
+        <v>178</v>
       </c>
       <c r="I103" s="3">
-        <v>75790125479</v>
+        <v>26210055021</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>78142426200033</v>
+        <v>77835631100010</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>178</v>
+        <v>27</v>
       </c>
       <c r="I104" s="3">
-        <v>54790101679</v>
+        <v>43250148225</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>78147574400020</v>
+        <v>77852478500012</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>335</v>
+        <v>214</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I105" s="3">
-        <v>54790112679</v>
+        <v>43700020170</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>78151651300012</v>
+        <v>77859246900028</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>241</v>
+        <v>346</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>240</v>
+        <v>348</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I106" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I106" s="3"/>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>78273673000014</v>
+        <v>77860262300010</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>343</v>
+        <v>214</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I107" s="3">
-        <v>93131811213</v>
+        <v>27710289471</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>78338470400012</v>
+        <v>77870310800010</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I108" s="3">
-        <v>41550026155</v>
+        <v>26890097289</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>78341511000015</v>
+        <v>77901965200014</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I109" s="3">
-        <v>41550010455</v>
+        <v>83030347903</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>78342337900016</v>
+        <v>77905162200016</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I110" s="3">
-        <v>41880115288</v>
+        <v>83030335203</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>78386532200029</v>
+        <v>77923126500017</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>241</v>
+        <v>214</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I111" s="3">
-        <v>31590792059</v>
+        <v>83630356063</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>78392259400016</v>
+        <v>77929544300013</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I112" s="3">
-        <v>32620323862</v>
+        <v>84010222601</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>78397621000014</v>
+        <v>77973955600016</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I113" s="3">
-        <v>31620047762</v>
+        <v>82691178769</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>78595022100016</v>
+        <v>78073249100011</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>27</v>
+        <v>178</v>
       </c>
       <c r="I114" s="3">
-        <v>52440637244</v>
+        <v>25140027714</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>78602926400029</v>
+        <v>78074754900019</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>361</v>
+        <v>213</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>27</v>
+        <v>178</v>
       </c>
       <c r="I115" s="3">
-        <v>52440072844</v>
+        <v>25140002614</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>78617972100018</v>
+        <v>78088761800012</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>362</v>
+        <v>247</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>27</v>
+        <v>178</v>
       </c>
       <c r="I116" s="3">
-        <v>52490071349</v>
+        <v>25500012450</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>78618852400015</v>
+        <v>78092793500012</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I117" s="3">
-        <v>52490100849</v>
+        <v>28500142450</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>78624011900010</v>
+        <v>78095858300020</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>240</v>
+        <v>371</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I118" s="3">
-        <v>52530096153</v>
+        <v>25610007561</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>78627058700011</v>
+        <v>78098562800012</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>27</v>
+        <v>178</v>
       </c>
       <c r="I119" s="3">
-        <v>52530072453</v>
+        <v>25610014861</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>78644691400016</v>
+        <v>78100293600016</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I120" s="3">
-        <v>52850007685</v>
+        <v>23760487776</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>78648089700010</v>
+        <v>78100707500026</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>240</v>
+        <v>377</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I121" s="3">
-        <v>52850225585</v>
+        <v>23760484376</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>78834173300020</v>
+        <v>78119478200012</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I122" s="3">
-        <v>52850008385</v>
+        <v>54160018516</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>78834539500016</v>
+        <v>78136153000012</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>375</v>
+        <v>211</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I123" s="3">
-        <v>52720110372</v>
+        <v>54170045017</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>78834822500012</v>
+        <v>78141311700016</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>241</v>
+        <v>381</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I124" s="3">
-        <v>52490358849</v>
+        <v>75790125479</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>39948808900026</v>
+        <v>78142426200033</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>378</v>
-[...3 lines deleted...]
-      </c>
+        <v>383</v>
+      </c>
+      <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>361</v>
+        <v>385</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>27</v>
+        <v>178</v>
       </c>
       <c r="I125" s="3">
-        <v>53351055135</v>
+        <v>54790101679</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>34238263700011</v>
+        <v>78147574400020</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>381</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I126" s="3">
-        <v>52490003849</v>
+        <v>54790112679</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>77595210400013</v>
+        <v>78151651300012</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>384</v>
+        <v>214</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>386</v>
+        <v>213</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I127" s="3">
-        <v>91300174330</v>
+        <v>54860031786</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>77739516100014</v>
+        <v>78273673000014</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>254</v>
+        <v>389</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I128" s="3">
-        <v>53220249322</v>
+        <v>93131811213</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>77744124700015</v>
+        <v>78338470400012</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="I129" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I129" s="3">
+        <v>41550026155</v>
+      </c>
       <c r="J129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>77756667000017</v>
+        <v>78341511000015</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I130" s="3">
-        <v>53290978029</v>
+        <v>41550010455</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>77768390500023</v>
+        <v>78342337900016</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>394</v>
+        <v>213</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I131" s="3">
-        <v>53350320235</v>
+        <v>41880115288</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>77769415900016</v>
+        <v>78386532200029</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>241</v>
+        <v>214</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>240</v>
+        <v>398</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I132" s="3">
-        <v>53350320935</v>
+        <v>31590792059</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>77770840500017</v>
+        <v>78392259400016</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I133" s="3">
-        <v>53350007335</v>
+        <v>32620323862</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>77786612000010</v>
+        <v>78397621000014</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I134" s="3">
-        <v>53561030556</v>
+        <v>31620047762</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>77824598500024</v>
+        <v>78595022100016</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>178</v>
+        <v>27</v>
       </c>
       <c r="I135" s="3">
-        <v>26210055021</v>
+        <v>52440637244</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>77835631100010</v>
+        <v>78602926400029</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>404</v>
+        <v>296</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I136" s="3">
-        <v>43250148225</v>
+        <v>52440072844</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>77852478500012</v>
+        <v>78617972100018</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>241</v>
+        <v>407</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>406</v>
+        <v>213</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I137" s="3">
-        <v>43700020170</v>
+        <v>52490071349</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>77859246900028</v>
+        <v>78618852400015</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>409</v>
+        <v>213</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I138" s="3"/>
+      <c r="I138" s="3">
+        <v>52490100849</v>
+      </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>77860262300010</v>
+        <v>78624011900010</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>241</v>
+        <v>411</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I139" s="3">
-        <v>27710289471</v>
+        <v>52530096153</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>77870310800010</v>
+        <v>78627058700011</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>411</v>
+        <v>211</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I140" s="3">
-        <v>26890097289</v>
+        <v>52530072453</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>77901965200014</v>
+        <v>78644691400016</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I141" s="3">
-        <v>83030347903</v>
+        <v>52850007685</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>77905162200016</v>
+        <v>78648089700010</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I142" s="3">
-        <v>83030335203</v>
+        <v>52850225585</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>77923126500017</v>
+        <v>78834173300020</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>241</v>
+        <v>418</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>418</v>
+        <v>213</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I143" s="3">
-        <v>83630356063</v>
+        <v>52850008385</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>77929544300013</v>
+        <v>78834539500016</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I144" s="3">
-        <v>84010222601</v>
+        <v>52720110372</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>77973955600016</v>
+        <v>78834822500012</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>421</v>
+        <v>214</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
         <v>422</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>240</v>
+        <v>213</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I145" s="3">
-        <v>82691178769</v>
+        <v>52490358849</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
         <v>80302583200012</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>224</v>
+        <v>304</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>424</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I146" s="3">
         <v>43390102439</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M146" s="2" t="s">
@@ -7234,31 +7232,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/12/2025 07:55:30</dc:description>
+  <dc:description>Export en date du 02/15/2026 09:31:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>