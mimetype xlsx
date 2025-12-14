--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -1474,119 +1474,200 @@
   <si>
     <t>KERPLOUZE 56400 AURAY</t>
   </si>
   <si>
     <t>01/01/1957</t>
   </si>
   <si>
     <t>ASS DEP FORM PERF AGRICUL</t>
   </si>
   <si>
     <t>10 RUE DES SILOS 05000 GAP</t>
   </si>
   <si>
     <t>02/03/1992</t>
   </si>
   <si>
     <t>AGUF VIVARAIS FORMATION</t>
   </si>
   <si>
     <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
   </si>
   <si>
     <t>29/09/1998</t>
   </si>
   <si>
+    <t>AFGEEAP</t>
+  </si>
+  <si>
+    <t>VALS ST DOMINIQUE RUE DE LA ROCHE ARNAUD 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>01/09/1994</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>MFR DE L'ORLEANAIS</t>
+  </si>
+  <si>
+    <t>50 AVENUE DU PRESIDENT JOHN KENNEDY 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>SYND PROF AGRICOLE DOMAINE SAINTE-MAURE</t>
+  </si>
+  <si>
+    <t>DOMAINE DE SAINTE MAURE 10150 SAINTE-MAURE</t>
+  </si>
+  <si>
+    <t>05/08/1985</t>
+  </si>
+  <si>
+    <t>COMITE REGIONAL FORMAT PROMOTION SOCIAL</t>
+  </si>
+  <si>
+    <t>RUE LEON PATOUX 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>MFR IREO DE LESNEVEN</t>
+  </si>
+  <si>
+    <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
+  </si>
+  <si>
+    <t>ENSEIG PROMOT AGRICOL MONTEILS</t>
+  </si>
+  <si>
+    <t>INSTITUT FRANCOIS MARTY</t>
+  </si>
+  <si>
+    <t>BOULEVARD DE PENEVAYRE 12200 VILLEFRANCHE-DE-ROUERGUE</t>
+  </si>
+  <si>
+    <t>MFR-CENTRE DE FORMATION MALTOT</t>
+  </si>
+  <si>
+    <t>LD LA FRANCE 14930 MALTOT</t>
+  </si>
+  <si>
+    <t>ASS DES AMIS DES CAMPAGNES</t>
+  </si>
+  <si>
+    <t>27400 CANAPPEVILLE</t>
+  </si>
+  <si>
+    <t>CENTRE DE PROMOTION SOCIALE DE CORTE</t>
+  </si>
+  <si>
+    <t>7 RUE COLONEL FERRACCI 20250 CORTE</t>
+  </si>
+  <si>
+    <t>09/12/1969</t>
+  </si>
+  <si>
+    <t>ASSOCIATION LORRAINE POUR LA PROMOTION EN AGRICULTURE</t>
+  </si>
+  <si>
+    <t>2 LES NOIRES TERRES 54740 HAROUE</t>
+  </si>
+  <si>
+    <t>31/12/1987</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>INSTITUT AGRICOLE MIXTE</t>
+  </si>
+  <si>
+    <t>69 RUE DU VIOLON D'OR 59190 HAZEBROUCK</t>
+  </si>
+  <si>
+    <t>LYC D ENS AGRICOLE PRIVE SAVY BERLETTE</t>
+  </si>
+  <si>
+    <t>22 ANCIENNE ROUTE NATIONALE 62690 SAVY-BERLETTE</t>
+  </si>
+  <si>
+    <t>CNPH PIVERDIERE</t>
+  </si>
+  <si>
+    <t>RUE DU ROI RENE 49250 LA MENITRE</t>
+  </si>
+  <si>
+    <t>25/12/1988</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIAL RURAL EDUCAT ORIENTATION</t>
+  </si>
+  <si>
+    <t>LA ROUSSELIERE 49260 MONTREUIL-BELLAY</t>
+  </si>
+  <si>
+    <t>CAMPUS ORION</t>
+  </si>
+  <si>
+    <t>7 BD DU MARECHAL LECLERC 53150 EVRON</t>
+  </si>
+  <si>
+    <t>MFR LA PIGNERIE</t>
+  </si>
+  <si>
+    <t>LA PIGNERIE ROUTE DE L'HUISSERIE 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>ASS DEP DE PROMOTION SOCIALE AGRICOLE</t>
+  </si>
+  <si>
+    <t>MAISON DE L AGRICULTURE 21 BOULEVARD REAUMUR 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
     <t>LYCEE ISSAT</t>
   </si>
   <si>
     <t>ECOLE AGRICULTURE LES CHATELETS</t>
   </si>
   <si>
     <t>6 RUE DE LA MAILLARDAIE 35600 REDON</t>
   </si>
   <si>
     <t>01/09/1993</t>
   </si>
   <si>
-    <t>ENSEIG PROMOT AGRICOL MONTEILS</t>
-[...55 lines deleted...]
-  <si>
     <t>ASSOCIATION GROUPE ESA</t>
   </si>
   <si>
     <t>55 RUE RABELAIS 49000 ANGERS</t>
   </si>
   <si>
     <t>18/06/1987</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>ASS DEP PROMOTION SOCIALE AGRIC AVEYRON</t>
   </si>
   <si>
     <t>CARREFOUR DE L AGRICULTURE 5 BD DU 122 EME RI 12000 RODEZ</t>
   </si>
   <si>
     <t>12/09/1985</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
   </si>
   <si>
     <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
@@ -1595,131 +1676,50 @@
     <t>POLE DE FORMATION LA VILLE DAVY</t>
   </si>
   <si>
     <t>LA VILLE DAVY 22120 QUESSOY</t>
   </si>
   <si>
     <t>ASSOCIATION ECOLE CH CHEVILLOTTE LE NIVO</t>
   </si>
   <si>
     <t>LD LE NIVOT 29590 LOPEREC</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE PERIGORD LIMOUSIN</t>
   </si>
   <si>
     <t>10 RUE DE LA CROIX DES COMBES 87700 BEYNAC</t>
   </si>
   <si>
     <t>MAISO FAMIL RURAL TRIEVES BEAUMONT MATHE</t>
   </si>
   <si>
     <t>50 AVENUE DE RIVALTA 38450 VIF</t>
   </si>
   <si>
     <t>24/03/1986</t>
-  </si>
-[...79 lines deleted...]
-    <t>MAISON DE L AGRICULTURE 21 BOULEVARD REAUMUR 85000 LA ROCHE-SUR-YON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -6951,1010 +6951,1010 @@
       <c r="F126" s="2" t="s">
         <v>485</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I126" s="3">
         <v>82070016507</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>39948808900026</v>
+        <v>41182875900018</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>486</v>
       </c>
-      <c r="D127" s="2" t="s">
+      <c r="D127" s="2"/>
+      <c r="E127" s="2" t="s">
         <v>487</v>
       </c>
-      <c r="E127" s="2" t="s">
+      <c r="F127" s="2" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>33</v>
+        <v>489</v>
       </c>
       <c r="I127" s="3">
-        <v>53351055135</v>
+        <v>83430024243</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>77555650900013</v>
+        <v>42096272200021</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>490</v>
       </c>
-      <c r="D128" s="2" t="s">
+      <c r="D128" s="2"/>
+      <c r="E128" s="2" t="s">
         <v>491</v>
       </c>
-      <c r="E128" s="2" t="s">
+      <c r="F128" s="2" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I128" s="3">
-        <v>76120098712</v>
+        <v>24450062245</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>41182875900018</v>
+        <v>30276439400011</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="F129" s="2" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>497</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I129" s="3"/>
       <c r="J129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>42096272200021</v>
+        <v>30438251800013</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>33</v>
+        <v>499</v>
       </c>
       <c r="I130" s="3">
-        <v>24450062245</v>
+        <v>21510003551</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>30276439400011</v>
+        <v>30754662200019</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I131" s="3"/>
+      <c r="I131" s="3">
+        <v>53290326929</v>
+      </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>30438251800013</v>
+        <v>77555650900013</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="E132" s="2" t="s">
         <v>504</v>
       </c>
-      <c r="D132" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F132" s="2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>506</v>
+        <v>33</v>
       </c>
       <c r="I132" s="3">
-        <v>21510003551</v>
+        <v>76120098712</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>30754662200019</v>
+        <v>78074754900019</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>33</v>
+        <v>238</v>
       </c>
       <c r="I133" s="3">
-        <v>53290326929</v>
+        <v>25140002614</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>34238263700011</v>
+        <v>78079125700014</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>511</v>
+        <v>498</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>512</v>
+        <v>33</v>
       </c>
       <c r="I134" s="3">
-        <v>52490003849</v>
+        <v>23270000227</v>
       </c>
       <c r="J134" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>77674303100028</v>
+        <v>78301391500013</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>476</v>
+        <v>499</v>
       </c>
       <c r="I135" s="3">
-        <v>73120000712</v>
+        <v>94202044920</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>77719323600018</v>
+        <v>78334630700037</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>493</v>
+        <v>514</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>33</v>
+        <v>499</v>
       </c>
       <c r="I136" s="3">
-        <v>73810014281</v>
+        <v>41540039554</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>77744425800019</v>
+        <v>78362626000013</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>33</v>
+        <v>238</v>
       </c>
       <c r="I137" s="3">
-        <v>53220930122</v>
+        <v>31590008059</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>77756667000017</v>
+        <v>78364448700010</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I138" s="3">
-        <v>53290978029</v>
+        <v>31590129659</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>77802871200017</v>
+        <v>78408386700019</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I139" s="3">
-        <v>74870037887</v>
+        <v>31620162262</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>77964004400029</v>
+        <v>78611740800025</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>476</v>
+        <v>499</v>
       </c>
       <c r="I140" s="3">
-        <v>82380466038</v>
+        <v>52490004349</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>78074754900019</v>
+        <v>78617972100018</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>238</v>
+        <v>33</v>
       </c>
       <c r="I141" s="3">
-        <v>25140002614</v>
+        <v>52490071349</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>78079125700014</v>
+        <v>78624352700011</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I142" s="3">
-        <v>23270000227</v>
+        <v>52530010653</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>78301391500013</v>
+        <v>78627921600026</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>533</v>
+        <v>498</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>506</v>
+        <v>33</v>
       </c>
       <c r="I143" s="3">
-        <v>94202044920</v>
+        <v>52530000253</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>78334630700037</v>
+        <v>78641331000024</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>536</v>
+        <v>498</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="I144" s="3">
-        <v>41540039554</v>
+        <v>52850014185</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>78362626000013</v>
+        <v>39948808900026</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>537</v>
-[...1 lines deleted...]
-      <c r="D145" s="2"/>
+        <v>532</v>
+      </c>
+      <c r="D145" s="2" t="s">
+        <v>533</v>
+      </c>
       <c r="E145" s="2" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>493</v>
+        <v>535</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>238</v>
+        <v>33</v>
       </c>
       <c r="I145" s="3">
-        <v>31590008059</v>
+        <v>53351055135</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>78364448700010</v>
+        <v>34238263700011</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>493</v>
+        <v>538</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>33</v>
+        <v>539</v>
       </c>
       <c r="I146" s="3">
-        <v>31590129659</v>
+        <v>52490003849</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>78408386700019</v>
+        <v>77674303100028</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="F147" s="2" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>33</v>
+        <v>476</v>
       </c>
       <c r="I147" s="3">
-        <v>31620162262</v>
+        <v>73120000712</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>78611740800025</v>
+        <v>77719323600018</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>543</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
         <v>544</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>545</v>
+        <v>498</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>506</v>
+        <v>33</v>
       </c>
       <c r="I148" s="3">
-        <v>52490004349</v>
+        <v>73810014281</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>78617972100018</v>
+        <v>77744425800019</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I149" s="3">
-        <v>52490071349</v>
+        <v>53220930122</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>78624352700011</v>
+        <v>77756667000017</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I150" s="3">
-        <v>52530010653</v>
+        <v>53290978029</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>78627921600026</v>
+        <v>77802871200017</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I151" s="3">
-        <v>52530000253</v>
+        <v>74870037887</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>78641331000024</v>
+        <v>77964004400029</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="F152" s="2" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>506</v>
+        <v>476</v>
       </c>
       <c r="I152" s="3">
-        <v>52850014185</v>
+        <v>82380466038</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -7967,31 +7967,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 14:51:37</dc:description>
+  <dc:description>Export en date du 12/14/2025 22:20:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>