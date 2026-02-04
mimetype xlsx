--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -1435,146 +1435,212 @@
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
     <t>ECOLE DU BREUIL</t>
   </si>
   <si>
     <t>BOIS DE VINCENNES ROUTE DE LA FERME 75012 PARIS</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>84.13Z</t>
   </si>
   <si>
+    <t>SYND PROF AGRICOLE DOMAINE SAINTE-MAURE</t>
+  </si>
+  <si>
+    <t>DOMAINE DE SAINTE MAURE 10150 SAINTE-MAURE</t>
+  </si>
+  <si>
+    <t>05/08/1985</t>
+  </si>
+  <si>
+    <t>COMITE REGIONAL FORMAT PROMOTION SOCIAL</t>
+  </si>
+  <si>
+    <t>RUE LEON PATOUX 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>MFR IREO DE LESNEVEN</t>
+  </si>
+  <si>
+    <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>A.D.P.S.P.A.</t>
   </si>
   <si>
     <t>130 AVENUE MARCEL UNAL 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>23/11/1978</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ASSOCIATION FAMILIALLE DE GESTION</t>
   </si>
   <si>
     <t>KERPLOUZE 56400 AURAY</t>
   </si>
   <si>
     <t>01/01/1957</t>
   </si>
   <si>
     <t>ASS DEP FORM PERF AGRICUL</t>
   </si>
   <si>
-    <t>10 RUE DES SILOS 05000 GAP</t>
+    <t>3 RUE PAUL AUBERT 05000 GAP</t>
   </si>
   <si>
     <t>02/03/1992</t>
   </si>
   <si>
     <t>AGUF VIVARAIS FORMATION</t>
   </si>
   <si>
     <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
   </si>
   <si>
     <t>29/09/1998</t>
   </si>
   <si>
+    <t>LYCEE ISSAT</t>
+  </si>
+  <si>
+    <t>ECOLE AGRICULTURE LES CHATELETS</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA MAILLARDAIE 35600 REDON</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
     <t>AFGEEAP</t>
   </si>
   <si>
     <t>VALS ST DOMINIQUE RUE DE LA ROCHE ARNAUD 43000 LE PUY-EN-VELAY</t>
   </si>
   <si>
     <t>01/09/1994</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t>MFR DE L'ORLEANAIS</t>
   </si>
   <si>
     <t>50 AVENUE DU PRESIDENT JOHN KENNEDY 45100 ORLEANS</t>
   </si>
   <si>
     <t>01/01/2014</t>
   </si>
   <si>
-    <t>SYND PROF AGRICOLE DOMAINE SAINTE-MAURE</t>
-[...25 lines deleted...]
-  <si>
     <t>ENSEIG PROMOT AGRICOL MONTEILS</t>
   </si>
   <si>
     <t>INSTITUT FRANCOIS MARTY</t>
   </si>
   <si>
     <t>BOULEVARD DE PENEVAYRE 12200 VILLEFRANCHE-DE-ROUERGUE</t>
   </si>
   <si>
+    <t>ASS DEP PROMOTION SOCIALE AGRIC AVEYRON</t>
+  </si>
+  <si>
+    <t>CARREFOUR DE L AGRICULTURE 5 BD DU 122 EME RI 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>12/09/1985</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
+  </si>
+  <si>
+    <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
+  </si>
+  <si>
+    <t>POLE DE FORMATION LA VILLE DAVY</t>
+  </si>
+  <si>
+    <t>LA VILLE DAVY 22120 QUESSOY</t>
+  </si>
+  <si>
+    <t>ASSOCIATION ECOLE CH CHEVILLOTTE LE NIVO</t>
+  </si>
+  <si>
+    <t>LD LE NIVOT 29590 LOPEREC</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE PERIGORD LIMOUSIN</t>
+  </si>
+  <si>
+    <t>10 RUE DE LA CROIX DES COMBES 87700 BEYNAC</t>
+  </si>
+  <si>
+    <t>MAISO FAMIL RURAL TRIEVES BEAUMONT MATHE</t>
+  </si>
+  <si>
+    <t>50 AVENUE DE RIVALTA 38450 VIF</t>
+  </si>
+  <si>
+    <t>24/03/1986</t>
+  </si>
+  <si>
     <t>MFR-CENTRE DE FORMATION MALTOT</t>
   </si>
   <si>
     <t>LD LA FRANCE 14930 MALTOT</t>
   </si>
   <si>
     <t>ASS DES AMIS DES CAMPAGNES</t>
   </si>
   <si>
     <t>27400 CANAPPEVILLE</t>
   </si>
   <si>
     <t>CENTRE DE PROMOTION SOCIALE DE CORTE</t>
   </si>
   <si>
     <t>7 RUE COLONEL FERRACCI 20250 CORTE</t>
   </si>
   <si>
     <t>09/12/1969</t>
   </si>
   <si>
     <t>ASSOCIATION LORRAINE POUR LA PROMOTION EN AGRICULTURE</t>
   </si>
   <si>
     <t>2 LES NOIRES TERRES 54740 HAROUE</t>
@@ -1610,116 +1676,50 @@
     <t>25/12/1988</t>
   </si>
   <si>
     <t>MAISON FAMILIAL RURAL EDUCAT ORIENTATION</t>
   </si>
   <si>
     <t>LA ROUSSELIERE 49260 MONTREUIL-BELLAY</t>
   </si>
   <si>
     <t>CAMPUS ORION</t>
   </si>
   <si>
     <t>7 BD DU MARECHAL LECLERC 53150 EVRON</t>
   </si>
   <si>
     <t>MFR LA PIGNERIE</t>
   </si>
   <si>
     <t>LA PIGNERIE ROUTE DE L'HUISSERIE 53000 LAVAL</t>
   </si>
   <si>
     <t>ASS DEP DE PROMOTION SOCIALE AGRICOLE</t>
   </si>
   <si>
     <t>MAISON DE L AGRICULTURE 21 BOULEVARD REAUMUR 85000 LA ROCHE-SUR-YON</t>
-  </si>
-[...64 lines deleted...]
-    <t>24/03/1986</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -5327,51 +5327,51 @@
       </c>
       <c r="C84" s="2" t="s">
         <v>331</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
         <v>332</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>333</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>19640220000014</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>334</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>335</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>336</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G85" s="2"/>
@@ -6803,1158 +6803,1158 @@
       <c r="F122" s="2" t="s">
         <v>471</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>472</v>
       </c>
       <c r="I122" s="3">
         <v>11755850975</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>37940194600015</v>
+        <v>30276439400011</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>473</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I123" s="3"/>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>38112573100012</v>
+        <v>30438251800013</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="F124" s="2" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>33</v>
+        <v>479</v>
       </c>
       <c r="I124" s="3">
-        <v>53560930256</v>
+        <v>21510003551</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>38466091600014</v>
+        <v>30754662200019</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>480</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>476</v>
+        <v>33</v>
       </c>
       <c r="I125" s="3">
-        <v>93050012705</v>
+        <v>53290326929</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>38881118400026</v>
+        <v>34238263700011</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="F126" s="2" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>33</v>
+        <v>485</v>
       </c>
       <c r="I126" s="3">
-        <v>82070016507</v>
+        <v>52490003849</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>41182875900018</v>
+        <v>37940194600015</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>486</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
         <v>487</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>488</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
         <v>489</v>
       </c>
       <c r="I127" s="3">
-        <v>83430024243</v>
+        <v>73820000282</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>42096272200021</v>
+        <v>38112573100012</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>490</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
         <v>491</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>492</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I128" s="3">
-        <v>24450062245</v>
+        <v>53560930256</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>30276439400011</v>
+        <v>38466091600014</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>493</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
         <v>494</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>495</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I129" s="3"/>
+        <v>489</v>
+      </c>
+      <c r="I129" s="3">
+        <v>93050012705</v>
+      </c>
       <c r="J129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>30438251800013</v>
+        <v>38881118400026</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>496</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
         <v>497</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>498</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>499</v>
+        <v>33</v>
       </c>
       <c r="I130" s="3">
-        <v>21510003551</v>
+        <v>82070016507</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>30754662200019</v>
+        <v>39948808900026</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="D131" s="2" t="s">
         <v>500</v>
       </c>
-      <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I131" s="3">
-        <v>53290326929</v>
+        <v>53351055135</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>77555650900013</v>
+        <v>41182875900018</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>502</v>
-[...1 lines deleted...]
-      <c r="D132" s="2" t="s">
         <v>503</v>
       </c>
+      <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
         <v>504</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>33</v>
+        <v>506</v>
       </c>
       <c r="I132" s="3">
-        <v>76120098712</v>
+        <v>83430024243</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>78074754900019</v>
+        <v>42096272200021</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>498</v>
+        <v>509</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>238</v>
+        <v>33</v>
       </c>
       <c r="I133" s="3">
-        <v>25140002614</v>
+        <v>24450062245</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>78079125700014</v>
+        <v>77555650900013</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>507</v>
-[...1 lines deleted...]
-      <c r="D134" s="2"/>
+        <v>510</v>
+      </c>
+      <c r="D134" s="2" t="s">
+        <v>511</v>
+      </c>
       <c r="E134" s="2" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I134" s="3">
-        <v>23270000227</v>
+        <v>76120098712</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>78301391500013</v>
+        <v>77674303100028</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="I135" s="3">
-        <v>94202044920</v>
+        <v>73120000712</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>78334630700037</v>
+        <v>77719323600018</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>514</v>
+        <v>478</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>499</v>
+        <v>33</v>
       </c>
       <c r="I136" s="3">
-        <v>41540039554</v>
+        <v>73810014281</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>78362626000013</v>
+        <v>77744425800019</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>238</v>
+        <v>33</v>
       </c>
       <c r="I137" s="3">
-        <v>31590008059</v>
+        <v>53220930122</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>78364448700010</v>
+        <v>77756667000017</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I138" s="3">
-        <v>31590129659</v>
+        <v>53290978029</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>78408386700019</v>
+        <v>77802871200017</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I139" s="3">
-        <v>31620162262</v>
+        <v>74870037887</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>78611740800025</v>
+        <v>77964004400029</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="I140" s="3">
-        <v>52490004349</v>
+        <v>82380466038</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>78617972100018</v>
+        <v>78074754900019</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>33</v>
+        <v>238</v>
       </c>
       <c r="I141" s="3">
-        <v>52490071349</v>
+        <v>25140002614</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>78624352700011</v>
+        <v>78079125700014</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I142" s="3">
-        <v>52530010653</v>
+        <v>23270000227</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>78627921600026</v>
+        <v>78301391500013</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>498</v>
+        <v>533</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>33</v>
+        <v>479</v>
       </c>
       <c r="I143" s="3">
-        <v>52530000253</v>
+        <v>94202044920</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>78641331000024</v>
+        <v>78334630700037</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>498</v>
+        <v>536</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>499</v>
+        <v>479</v>
       </c>
       <c r="I144" s="3">
-        <v>52850014185</v>
+        <v>41540039554</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>39948808900026</v>
+        <v>78362626000013</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>532</v>
-[...3 lines deleted...]
-      </c>
+        <v>537</v>
+      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>535</v>
+        <v>478</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>33</v>
+        <v>238</v>
       </c>
       <c r="I145" s="3">
-        <v>53351055135</v>
+        <v>31590008059</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>34238263700011</v>
+        <v>78364448700010</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>538</v>
+        <v>478</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>539</v>
+        <v>33</v>
       </c>
       <c r="I146" s="3">
-        <v>52490003849</v>
+        <v>31590129659</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>77674303100028</v>
+        <v>78408386700019</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>542</v>
+        <v>478</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>476</v>
+        <v>33</v>
       </c>
       <c r="I147" s="3">
-        <v>73120000712</v>
+        <v>31620162262</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>77719323600018</v>
+        <v>78611740800025</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>543</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
         <v>544</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>498</v>
+        <v>545</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>33</v>
+        <v>479</v>
       </c>
       <c r="I148" s="3">
-        <v>73810014281</v>
+        <v>52490004349</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>77744425800019</v>
+        <v>78617972100018</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I149" s="3">
-        <v>53220930122</v>
+        <v>52490071349</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>77756667000017</v>
+        <v>78624352700011</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I150" s="3">
-        <v>53290978029</v>
+        <v>52530010653</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>77802871200017</v>
+        <v>78627921600026</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I151" s="3">
-        <v>74870037887</v>
+        <v>52530000253</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>77964004400029</v>
+        <v>78641331000024</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>553</v>
+        <v>478</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="I152" s="3">
-        <v>82380466038</v>
+        <v>52850014185</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -7967,31 +7967,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 22:20:55</dc:description>
+  <dc:description>Export en date du 02/04/2026 02:52:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>