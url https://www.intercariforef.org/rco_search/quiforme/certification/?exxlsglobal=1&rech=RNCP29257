--- v2 (2026-02-04)
+++ v3 (2026-03-27)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="554">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="556">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -865,50 +865,56 @@
   <si>
     <t>2550P005050</t>
   </si>
   <si>
     <t>LYCEE VITICOLE DE LA CHAMPAGNE</t>
   </si>
   <si>
     <t>13 RUE D’OGER 51190 AVIZE</t>
   </si>
   <si>
     <t>2151P000251</t>
   </si>
   <si>
     <t>EPLEFPA DE LA HAUTE-MARNE</t>
   </si>
   <si>
     <t>LEGTA REGIONAL DE LA HAUTE-MARNE</t>
   </si>
   <si>
     <t>RUE DU LYCEE 52000 CHAMARANDES-CHOIGNES</t>
   </si>
   <si>
     <t>2152P001252</t>
   </si>
   <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE</t>
+  </si>
+  <si>
+    <t>5 RUELLE AUX LOUPS 52500 FAYL-BILLOT</t>
+  </si>
+  <si>
     <t>AGRICAMPUS LAVAL</t>
   </si>
   <si>
     <t>321 ROUTE DE SAINT NAZAIRE 53000 LAVAL</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE LA MEUSE</t>
   </si>
   <si>
     <t>LEGTPA DE BAR LE DUC</t>
   </si>
   <si>
     <t>TECHNOPOLE PHILIPPE DE VILMORIN CHEMIN DE POPEY 55000 BAR-LE-DUC</t>
   </si>
   <si>
     <t>4155P000755</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE PONTIVY-ST JEAN BREVELAY-HENNEBONT</t>
   </si>
   <si>
     <t>LE GROS CHENE RUE DE BRETAGNE 56300 PONTIVY</t>
   </si>
   <si>
     <t>5356P002056</t>
@@ -1456,50 +1462,62 @@
   <si>
     <t>84.13Z</t>
   </si>
   <si>
     <t>SYND PROF AGRICOLE DOMAINE SAINTE-MAURE</t>
   </si>
   <si>
     <t>DOMAINE DE SAINTE MAURE 10150 SAINTE-MAURE</t>
   </si>
   <si>
     <t>05/08/1985</t>
   </si>
   <si>
     <t>COMITE REGIONAL FORMAT PROMOTION SOCIAL</t>
   </si>
   <si>
     <t>RUE LEON PATOUX 51100 REIMS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>LYCEE ISSAT</t>
+  </si>
+  <si>
+    <t>ECOLE AGRICULTURE LES CHATELETS</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA MAILLARDAIE 35600 REDON</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
     <t>MFR IREO DE LESNEVEN</t>
   </si>
   <si>
     <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
   </si>
   <si>
     <t>ASSOCIATION GROUPE ESA</t>
   </si>
   <si>
     <t>55 RUE RABELAIS 49000 ANGERS</t>
   </si>
   <si>
     <t>18/06/1987</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>A.D.P.S.P.A.</t>
   </si>
   <si>
     <t>130 AVENUE MARCEL UNAL 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>23/11/1978</t>
@@ -1513,62 +1531,50 @@
   <si>
     <t>KERPLOUZE 56400 AURAY</t>
   </si>
   <si>
     <t>01/01/1957</t>
   </si>
   <si>
     <t>ASS DEP FORM PERF AGRICUL</t>
   </si>
   <si>
     <t>3 RUE PAUL AUBERT 05000 GAP</t>
   </si>
   <si>
     <t>02/03/1992</t>
   </si>
   <si>
     <t>AGUF VIVARAIS FORMATION</t>
   </si>
   <si>
     <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
   </si>
   <si>
     <t>29/09/1998</t>
   </si>
   <si>
-    <t>LYCEE ISSAT</t>
-[...10 lines deleted...]
-  <si>
     <t>AFGEEAP</t>
   </si>
   <si>
     <t>VALS ST DOMINIQUE RUE DE LA ROCHE ARNAUD 43000 LE PUY-EN-VELAY</t>
   </si>
   <si>
     <t>01/09/1994</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t>MFR DE L'ORLEANAIS</t>
   </si>
   <si>
     <t>50 AVENUE DU PRESIDENT JOHN KENNEDY 45100 ORLEANS</t>
   </si>
   <si>
     <t>01/01/2014</t>
   </si>
   <si>
     <t>ENSEIG PROMOT AGRICOL MONTEILS</t>
   </si>
   <si>
     <t>INSTITUT FRANCOIS MARTY</t>
@@ -1576,51 +1582,51 @@
   <si>
     <t>BOULEVARD DE PENEVAYRE 12200 VILLEFRANCHE-DE-ROUERGUE</t>
   </si>
   <si>
     <t>ASS DEP PROMOTION SOCIALE AGRIC AVEYRON</t>
   </si>
   <si>
     <t>CARREFOUR DE L AGRICULTURE 5 BD DU 122 EME RI 12000 RODEZ</t>
   </si>
   <si>
     <t>12/09/1985</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
   </si>
   <si>
     <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
   </si>
   <si>
     <t>POLE DE FORMATION LA VILLE DAVY</t>
   </si>
   <si>
     <t>LA VILLE DAVY 22120 QUESSOY</t>
   </si>
   <si>
-    <t>ASSOCIATION ECOLE CH CHEVILLOTTE LE NIVO</t>
+    <t>ASSOCIATION DE GESTION RESPONSABLE LE NIVOT</t>
   </si>
   <si>
     <t>LD LE NIVOT 29590 LOPEREC</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE PERIGORD LIMOUSIN</t>
   </si>
   <si>
     <t>10 RUE DE LA CROIX DES COMBES 87700 BEYNAC</t>
   </si>
   <si>
     <t>MAISO FAMIL RURAL TRIEVES BEAUMONT MATHE</t>
   </si>
   <si>
     <t>50 AVENUE DE RIVALTA 38450 VIF</t>
   </si>
   <si>
     <t>24/03/1986</t>
   </si>
   <si>
     <t>MFR-CENTRE DE FORMATION MALTOT</t>
   </si>
   <si>
     <t>LD LA FRANCE 14930 MALTOT</t>
   </si>
@@ -2058,51 +2064,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M152"/>
+  <dimension ref="A1:M153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -4832,3128 +4838,3165 @@
       <c r="F71" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>282</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>19530081900016</v>
+        <v>19520741000018</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>283</v>
       </c>
-      <c r="D72" s="2"/>
+      <c r="D72" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="E72" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I72" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I72" s="3"/>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>19550752000011</v>
+        <v>19530081900016</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>285</v>
       </c>
-      <c r="D73" s="2" t="s">
+      <c r="D73" s="2"/>
+      <c r="E73" s="2" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I73" s="3" t="s">
-        <v>288</v>
+      <c r="I73" s="3">
+        <v>52530049153</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>19560013500014</v>
+        <v>19550752000011</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="E74" s="2" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>19570086900017</v>
+        <v>19560013500014</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E75" s="2" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>19580055200026</v>
+        <v>19570086900017</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="E76" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="D76" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F76" s="2" t="s">
-        <v>299</v>
+        <v>16</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>19580101400034</v>
+        <v>19580055200026</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>301</v>
-      </c>
-[...7 lines deleted...]
-        <v>304</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>19593255300017</v>
+        <v>19580101400034</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>306</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>19593395700019</v>
+        <v>19593255300017</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="E79" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="D79" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F79" s="2" t="s">
-        <v>312</v>
+        <v>16</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>19601782600013</v>
+        <v>19593395700019</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="F80" s="2" t="s">
         <v>314</v>
-      </c>
-[...7 lines deleted...]
-        <v>317</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>19610790800010</v>
+        <v>19601782600013</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="F81" s="2" t="s">
         <v>319</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>19622257400010</v>
+        <v>19610790800010</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="E82" s="2" t="s">
         <v>323</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I82" s="3" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>19630984300015</v>
+        <v>19622257400010</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="E83" s="2" t="s">
         <v>327</v>
-      </c>
-[...4 lines deleted...]
-        <v>329</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>19631223500019</v>
+        <v>19630984300015</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="E84" s="2" t="s">
         <v>331</v>
-      </c>
-[...2 lines deleted...]
-        <v>332</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>19640220000014</v>
+        <v>19631223500019</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>336</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="3" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>19650139900014</v>
+        <v>19640220000014</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="E86" s="2" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>340</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>19660699000014</v>
+        <v>19650139900014</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="E87" s="2" t="s">
         <v>342</v>
-      </c>
-[...4 lines deleted...]
-        <v>344</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>19671685600014</v>
+        <v>19660699000014</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="E88" s="2" t="s">
         <v>346</v>
-      </c>
-[...4 lines deleted...]
-        <v>348</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="3" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>19680003100011</v>
+        <v>19671685600014</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="E89" s="2" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>352</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>19690250600019</v>
+        <v>19680003100011</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="E90" s="2" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I90" s="3">
-        <v>84691703069</v>
+      <c r="I90" s="3" t="s">
+        <v>355</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>19700827900014</v>
+        <v>19690250600019</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="D91" s="2" t="s">
         <v>357</v>
       </c>
-      <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
         <v>358</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I91" s="3" t="s">
-        <v>359</v>
+      <c r="I91" s="3">
+        <v>84691703069</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>19711067900010</v>
+        <v>19700827900014</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I92" s="3">
-        <v>27710257271</v>
+      <c r="I92" s="3" t="s">
+        <v>361</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>19711068700013</v>
+        <v>19711067900010</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>362</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>67</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>363</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I93" s="3" t="s">
-        <v>364</v>
+      <c r="I93" s="3">
+        <v>27710257271</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>19730813300010</v>
+        <v>19711068700013</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E94" s="2" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="3" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>19740276100013</v>
+        <v>19730813300010</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="E95" s="2" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>19761315100012</v>
+        <v>19740276100013</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="E96" s="2" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>374</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>28760601576</v>
+        <v>33</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>373</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>19771436300011</v>
+        <v>19761315100012</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="D97" s="2" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>376</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>238</v>
+      </c>
+      <c r="I97" s="3">
+        <v>28760601576</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>19780004800013</v>
+        <v>19771436300011</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E98" s="2" t="s">
         <v>378</v>
-      </c>
-[...4 lines deleted...]
-        <v>380</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I98" s="3">
-        <v>11788184678</v>
+      <c r="I98" s="3" t="s">
+        <v>379</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>19790706600017</v>
+        <v>19780004800013</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="D99" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="D99" s="2" t="s">
+      <c r="E99" s="2" t="s">
         <v>382</v>
       </c>
-      <c r="E99" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F99" s="2" t="s">
-        <v>384</v>
+        <v>16</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I99" s="3" t="s">
-        <v>385</v>
+      <c r="I99" s="3">
+        <v>11788184678</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>19790768600012</v>
+        <v>19790706600017</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="F100" s="2" t="s">
         <v>386</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>19801272600016</v>
+        <v>19790768600012</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E101" s="2" t="s">
         <v>389</v>
-      </c>
-[...2 lines deleted...]
-        <v>390</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>19801335100012</v>
+        <v>19801272600016</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>19810121400015</v>
+        <v>19801335100012</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2" t="s">
         <v>395</v>
-      </c>
-[...4 lines deleted...]
-        <v>397</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>19820559300017</v>
+        <v>19810121400015</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="E104" s="2" t="s">
         <v>399</v>
-      </c>
-[...4 lines deleted...]
-        <v>401</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>238</v>
+        <v>33</v>
       </c>
       <c r="I104" s="3" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>19830077400017</v>
+        <v>19820559300017</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="E105" s="2" t="s">
         <v>403</v>
-      </c>
-[...4 lines deleted...]
-        <v>405</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>33</v>
+        <v>238</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>19840607600010</v>
+        <v>19830077400017</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="E106" s="2" t="s">
         <v>407</v>
-      </c>
-[...4 lines deleted...]
-        <v>409</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="3" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>19850144700017</v>
+        <v>19840607600010</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="E107" s="2" t="s">
         <v>411</v>
-      </c>
-[...4 lines deleted...]
-        <v>412</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I107" s="3">
-        <v>52850109685</v>
+      <c r="I107" s="3" t="s">
+        <v>412</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>19860718600014</v>
+        <v>19850144700017</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>413</v>
       </c>
       <c r="D108" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E108" s="2" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I108" s="3" t="s">
-        <v>416</v>
+      <c r="I108" s="3">
+        <v>52850109685</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>19860820000012</v>
+        <v>19860718600014</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="E109" s="2" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>419</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>19870581600017</v>
+        <v>19860820000012</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="E110" s="2" t="s">
         <v>421</v>
-      </c>
-[...4 lines deleted...]
-        <v>423</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I110" s="3" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>19871025300016</v>
+        <v>19870581600017</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="E111" s="2" t="s">
         <v>425</v>
       </c>
-      <c r="D111" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F111" s="2" t="s">
-        <v>428</v>
+        <v>16</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I111" s="3" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>19881070700010</v>
+        <v>19871025300016</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="D112" s="2"/>
+        <v>427</v>
+      </c>
+      <c r="D112" s="2" t="s">
+        <v>428</v>
+      </c>
       <c r="E112" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="F112" s="2" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>431</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>19890045800011</v>
+        <v>19881070700010</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="D113" s="2"/>
+      <c r="E113" s="2" t="s">
         <v>432</v>
-      </c>
-[...4 lines deleted...]
-        <v>434</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I113" s="3" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>19900246000012</v>
+        <v>19890045800011</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="E114" s="2" t="s">
         <v>436</v>
-      </c>
-[...4 lines deleted...]
-        <v>438</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="3" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>19971804000017</v>
+        <v>19900246000012</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="D115" s="2"/>
+        <v>438</v>
+      </c>
+      <c r="D115" s="2" t="s">
+        <v>439</v>
+      </c>
       <c r="E115" s="2" t="s">
         <v>440</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>441</v>
+        <v>16</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I115" s="3" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>19972518500011</v>
+        <v>19971804000017</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="F116" s="2" t="s">
         <v>443</v>
-      </c>
-[...7 lines deleted...]
-        <v>446</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I116" s="3" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>19972616700018</v>
+        <v>19972518500011</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="E117" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="F117" s="2" t="s">
         <v>448</v>
-      </c>
-[...7 lines deleted...]
-        <v>451</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I117" s="3" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>19973021900037</v>
+        <v>19972616700018</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="E118" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="F118" s="2" t="s">
         <v>453</v>
-      </c>
-[...7 lines deleted...]
-        <v>455</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I118" s="3">
-        <v>96973035097</v>
+      <c r="I118" s="3" t="s">
+        <v>454</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>19974097800010</v>
+        <v>19973021900037</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E119" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="D119" s="2" t="s">
+      <c r="F119" s="2" t="s">
         <v>457</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I119" s="3">
-        <v>98970084497</v>
+        <v>96973035097</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>19974098600013</v>
+        <v>19974097800010</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="E120" s="2" t="s">
         <v>460</v>
       </c>
-      <c r="D120" s="2" t="s">
+      <c r="F120" s="2" t="s">
         <v>461</v>
-      </c>
-[...4 lines deleted...]
-        <v>463</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I120" s="3">
-        <v>98970035397</v>
+        <v>98970084497</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>20000746600010</v>
+        <v>19974098600013</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="E121" s="2" t="s">
         <v>464</v>
       </c>
-      <c r="D121" s="2"/>
-      <c r="E121" s="2" t="s">
+      <c r="F121" s="2" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>468</v>
+        <v>33</v>
+      </c>
+      <c r="I121" s="3">
+        <v>98970035397</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>20008180000019</v>
+        <v>20000746600010</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>11755850975</v>
+        <v>469</v>
+      </c>
+      <c r="I122" s="3" t="s">
+        <v>470</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>30276439400011</v>
+        <v>20008180000019</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I123" s="3"/>
+        <v>474</v>
+      </c>
+      <c r="I123" s="3">
+        <v>11755850975</v>
+      </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>30438251800013</v>
+        <v>30276439400011</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="F124" s="2" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>479</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I124" s="3"/>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>30754662200019</v>
+        <v>30438251800013</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>33</v>
+        <v>481</v>
       </c>
       <c r="I125" s="3">
-        <v>53290326929</v>
+        <v>21510003551</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>34238263700011</v>
+        <v>39948808900026</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>482</v>
       </c>
-      <c r="D126" s="2"/>
+      <c r="D126" s="2" t="s">
+        <v>483</v>
+      </c>
       <c r="E126" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>485</v>
+        <v>33</v>
       </c>
       <c r="I126" s="3">
-        <v>52490003849</v>
+        <v>53351055135</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>37940194600015</v>
+        <v>30754662200019</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>486</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
         <v>487</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>489</v>
+        <v>33</v>
       </c>
       <c r="I127" s="3">
-        <v>73820000282</v>
+        <v>53290326929</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>38112573100012</v>
+        <v>34238263700011</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>33</v>
+        <v>491</v>
       </c>
       <c r="I128" s="3">
-        <v>53560930256</v>
+        <v>52490003849</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>38466091600014</v>
+        <v>37940194600015</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="F129" s="2" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="I129" s="3">
-        <v>93050012705</v>
+        <v>73820000282</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>38881118400026</v>
+        <v>38112573100012</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>496</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
         <v>497</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>498</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I130" s="3">
-        <v>82070016507</v>
+        <v>53560930256</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>39948808900026</v>
+        <v>38466091600014</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>499</v>
       </c>
-      <c r="D131" s="2" t="s">
+      <c r="D131" s="2"/>
+      <c r="E131" s="2" t="s">
         <v>500</v>
       </c>
-      <c r="E131" s="2" t="s">
+      <c r="F131" s="2" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>33</v>
+        <v>495</v>
       </c>
       <c r="I131" s="3">
-        <v>53351055135</v>
+        <v>93050012705</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>41182875900018</v>
+        <v>38881118400026</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="F132" s="2" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>506</v>
+        <v>33</v>
       </c>
       <c r="I132" s="3">
-        <v>83430024243</v>
+        <v>82070016507</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>42096272200021</v>
+        <v>41182875900018</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>33</v>
+        <v>508</v>
       </c>
       <c r="I133" s="3">
-        <v>24450062245</v>
+        <v>83430024243</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>77555650900013</v>
+        <v>42096272200021</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="D134" s="2"/>
+      <c r="E134" s="2" t="s">
         <v>510</v>
       </c>
-      <c r="D134" s="2" t="s">
+      <c r="F134" s="2" t="s">
         <v>511</v>
-      </c>
-[...4 lines deleted...]
-        <v>478</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I134" s="3">
-        <v>76120098712</v>
+        <v>24450062245</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>77674303100028</v>
+        <v>77555650900013</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="D135" s="2" t="s">
         <v>513</v>
       </c>
-      <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
         <v>514</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>515</v>
+        <v>480</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>489</v>
+        <v>33</v>
       </c>
       <c r="I135" s="3">
-        <v>73120000712</v>
+        <v>76120098712</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>77719323600018</v>
+        <v>77674303100028</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="F136" s="2" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>33</v>
+        <v>495</v>
       </c>
       <c r="I136" s="3">
-        <v>73810014281</v>
+        <v>73120000712</v>
       </c>
       <c r="J136" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>77744425800019</v>
+        <v>77719323600018</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>518</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
         <v>519</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I137" s="3">
-        <v>53220930122</v>
+        <v>73810014281</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>77756667000017</v>
+        <v>77744425800019</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>520</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
         <v>521</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I138" s="3">
-        <v>53290978029</v>
+        <v>53220930122</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>77802871200017</v>
+        <v>77756667000017</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>522</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
         <v>523</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I139" s="3">
-        <v>74870037887</v>
+        <v>53290978029</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>77964004400029</v>
+        <v>77802871200017</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>524</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
         <v>525</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>526</v>
+        <v>480</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>489</v>
+        <v>33</v>
       </c>
       <c r="I140" s="3">
-        <v>82380466038</v>
+        <v>74870037887</v>
       </c>
       <c r="J140" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>78074754900019</v>
+        <v>77964004400029</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="F141" s="2" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>238</v>
+        <v>495</v>
       </c>
       <c r="I141" s="3">
-        <v>25140002614</v>
+        <v>82380466038</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>78079125700014</v>
+        <v>78074754900019</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>529</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
         <v>530</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>33</v>
+        <v>238</v>
       </c>
       <c r="I142" s="3">
-        <v>23270000227</v>
+        <v>25140002614</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>78301391500013</v>
+        <v>78079125700014</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>531</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
         <v>532</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>533</v>
+        <v>480</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>479</v>
+        <v>33</v>
       </c>
       <c r="I143" s="3">
-        <v>94202044920</v>
+        <v>23270000227</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>78334630700037</v>
+        <v>78301391500013</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="F144" s="2" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="I144" s="3">
-        <v>41540039554</v>
+        <v>94202044920</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>78362626000013</v>
+        <v>78334630700037</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="F145" s="2" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>238</v>
+        <v>481</v>
       </c>
       <c r="I145" s="3">
-        <v>31590008059</v>
+        <v>41540039554</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>78364448700010</v>
+        <v>78362626000013</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>539</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
         <v>540</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>33</v>
+        <v>238</v>
       </c>
       <c r="I146" s="3">
-        <v>31590129659</v>
+        <v>31590008059</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>78408386700019</v>
+        <v>78364448700010</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>541</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
         <v>542</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I147" s="3">
-        <v>31620162262</v>
+        <v>31590129659</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>78611740800025</v>
+        <v>78408386700019</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>543</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
         <v>544</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>545</v>
+        <v>480</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>479</v>
+        <v>33</v>
       </c>
       <c r="I148" s="3">
-        <v>52490004349</v>
+        <v>31620162262</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>78617972100018</v>
+        <v>78611740800025</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="F149" s="2" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>33</v>
+        <v>481</v>
       </c>
       <c r="I149" s="3">
-        <v>52490071349</v>
+        <v>52490004349</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>78624352700011</v>
+        <v>78617972100018</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>548</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
         <v>549</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I150" s="3">
-        <v>52530010653</v>
+        <v>52490071349</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M150" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>78627921600026</v>
+        <v>78624352700011</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>550</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
         <v>551</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I151" s="3">
-        <v>52530000253</v>
+        <v>52530010653</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>78641331000024</v>
+        <v>78627921600026</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>552</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
         <v>553</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>479</v>
+        <v>33</v>
       </c>
       <c r="I152" s="3">
+        <v>52530000253</v>
+      </c>
+      <c r="J152" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K152" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M152" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13">
+      <c r="A153" s="1">
+        <v>78641331000024</v>
+      </c>
+      <c r="B153" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C153" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="D153" s="2"/>
+      <c r="E153" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="G153" s="2"/>
+      <c r="H153" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="I153" s="3">
         <v>52850014185</v>
       </c>
-      <c r="J152" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M152" s="2" t="s">
+      <c r="J153" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K153" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L153" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M153" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -7967,31 +8010,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/04/2026 02:52:56</dc:description>
+  <dc:description>Export en date du 03/27/2026 17:08:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>