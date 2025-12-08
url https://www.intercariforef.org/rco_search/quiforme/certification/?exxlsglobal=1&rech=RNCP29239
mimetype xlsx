--- v0 (2025-10-17)
+++ v1 (2025-12-08)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE L'AGRICULTURE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
   </si>
   <si>
     <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE INDUSTRIE DE LA DROME</t>
   </si>
   <si>
     <t>DU 52 AU 74 74 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>8226P000126</t>
   </si>
@@ -316,75 +316,75 @@
   <si>
     <t>QUARTIER FOUR A CHAUX 97231 LE ROBERT</t>
   </si>
   <si>
     <t>06/10/1987</t>
   </si>
   <si>
     <t>9797P001297</t>
   </si>
   <si>
     <t>EPLEFPA DE CROIX-RIVAIL</t>
   </si>
   <si>
     <t>LEGTA DE CROIX RIVAIL</t>
   </si>
   <si>
     <t>BOIS ROUGE CROIX RIVAIL 97224 DUCOS</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9797P001497</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>FORMATION DEVELOPPEMENT OUEST</t>
+  </si>
+  <si>
+    <t>22 AVENUE FELIX VINCENT 44700 ORVAULT</t>
+  </si>
+  <si>
+    <t>20/01/2017</t>
+  </si>
+  <si>
+    <t>11/05/2021</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>MAISON FAMIL RURAL EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>JAVOLS RTE D'AUMONT 48130 PEYRE EN AUBRAC</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...16 lines deleted...]
-    <t>85.59A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1633,110 +1633,110 @@
       <c r="F23" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>99</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>77610653600019</v>
+        <v>33481763200022</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="G24" s="2"/>
+        <v>103</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>104</v>
+      </c>
       <c r="H24" s="2" t="s">
-        <v>27</v>
+        <v>105</v>
       </c>
       <c r="I24" s="3">
-        <v>91480004348</v>
+        <v>52440071544</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>33481763200022</v>
+        <v>77610653600019</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>108</v>
+        <v>27</v>
       </c>
       <c r="I25" s="3">
-        <v>52440071544</v>
+        <v>91480004348</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1761,31 +1761,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/17/2025 17:11:07</dc:description>
+  <dc:description>Export en date du 12/08/2025 13:44:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>