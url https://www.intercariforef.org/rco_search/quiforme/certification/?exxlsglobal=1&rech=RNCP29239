--- v1 (2025-12-08)
+++ v2 (2026-02-14)
@@ -1654,53 +1654,51 @@
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>33481763200022</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>104</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="I24" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>77610653600019</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
@@ -1761,31 +1759,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/08/2025 13:44:23</dc:description>
+  <dc:description>Export en date du 02/15/2026 00:40:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>