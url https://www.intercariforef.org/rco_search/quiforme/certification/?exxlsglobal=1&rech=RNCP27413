--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -511,90 +511,90 @@
   <si>
     <t>06/12/2004</t>
   </si>
   <si>
     <t>04/11/2022</t>
   </si>
   <si>
     <t>2689P000489</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>SERVICE FORMATION CCI DE MARTINIQUE</t>
   </si>
   <si>
     <t>CASE NAVIRE-RAVINE TOUZA RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
     <t>SCHOLAR FAB ORGANISATION</t>
   </si>
   <si>
     <t>LA TOURBIERE 76170 LILLEBONNE</t>
   </si>
   <si>
     <t>INTERFOR</t>
   </si>
   <si>
     <t>2 RUE VADE 80000 AMIENS</t>
   </si>
   <si>
     <t>28/09/1989</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
   </si>
   <si>
     <t>149 B RUE DE TURLY 18000 BOURGES</t>
   </si>
   <si>
     <t>01/09/1980</t>
-  </si>
-[...16 lines deleted...]
-    <t>14/02/2002</t>
   </si>
   <si>
     <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
   </si>
   <si>
     <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -2433,217 +2433,217 @@
       <c r="F38" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>164</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>44492238900069</v>
+        <v>41058110200010</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>33</v>
+        <v>167</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="I39" s="3"/>
+        <v>50</v>
+      </c>
+      <c r="I39" s="3">
+        <v>72330424333</v>
+      </c>
       <c r="J39" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>30340844700033</v>
+        <v>42417546100021</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I40" s="3">
-        <v>22800001380</v>
+        <v>52440404744</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>30804972500036</v>
+        <v>44492238900069</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>172</v>
+        <v>33</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>41058110200010</v>
+        <v>30340844700033</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>174</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>175</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I42" s="3">
-        <v>72330424333</v>
+        <v>22800001380</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>42417546100021</v>
+        <v>30804972500036</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>178</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I43" s="3">
-        <v>52440404744</v>
+        <v>24180039818</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>81751739400018</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D44" s="2"/>
@@ -2740,31 +2740,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 21:35:25</dc:description>
+  <dc:description>Export en date du 01/09/2026 22:38:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>