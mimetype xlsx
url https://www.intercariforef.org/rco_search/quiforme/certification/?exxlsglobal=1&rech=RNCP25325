--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -58,237 +58,237 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DE LA TRANSITION ECOLOGIQUE, DE LA BIODIVERSITE ET DES NEGOCIATIONS INTERNATIONALES SUR LE CLIMAT ET LA NATURE</t>
+  </si>
+  <si>
+    <t>HOTEL DE ROQUELAURE 246 BOULEVARD SAINT-GERMAIN 75007 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>SECRETARIAT D'ETAT AUPRES DU PREMIER MINISTRE CHARGE DE LA MER</t>
+  </si>
+  <si>
+    <t>20 AV DE SEGUR 75007 PARIS 7</t>
+  </si>
+  <si>
+    <t>06/07/2020</t>
+  </si>
+  <si>
+    <t>09/02/2024</t>
+  </si>
+  <si>
+    <t>CTRE EUROPEEN FORMAT CONTINUE MARITIME</t>
+  </si>
+  <si>
+    <t>1 RUE DES PINS 29900 CONCARNEAU</t>
+  </si>
+  <si>
+    <t>05/02/1998</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>5329P014129</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BOURCEFRANC</t>
+  </si>
+  <si>
+    <t>CFPPA</t>
+  </si>
+  <si>
+    <t>RUE WILLIAM BERTRAND 17560 BOURCEFRANC-LE-CHAPUS</t>
+  </si>
+  <si>
+    <t>01/12/1989</t>
+  </si>
+  <si>
+    <t>5417P001217</t>
+  </si>
+  <si>
+    <t>LYCEE MARITIME ET AQUACOLE DE BASTIA</t>
+  </si>
+  <si>
+    <t>CITADELLE RUE DES TURQUINES 20200 BASTIA</t>
+  </si>
+  <si>
+    <t>25/01/2001</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>9420P208620</t>
+  </si>
+  <si>
+    <t>LYCEE DE LA MER PAUL BOUSQUET</t>
+  </si>
+  <si>
+    <t>LE BARROU RUE DES CORMORANS 34200 SETE</t>
+  </si>
+  <si>
+    <t>01/01/1986</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>9134P088634</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL MARITIME JACQUES CASSARD</t>
+  </si>
+  <si>
+    <t>111 RUE DU PORT BOYER 44300 NANTES</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL MARITIME ET AQUACOLE DANIEL RIGOLET</t>
+  </si>
+  <si>
+    <t>RUE MATIGNON 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>01/01/1992</t>
+  </si>
+  <si>
+    <t>LYCEE PROFES MARITIME BOULOGNE-LE PORTEL</t>
+  </si>
+  <si>
+    <t>6 RUE GEORGES HONORE 62480 LE PORTEL</t>
+  </si>
+  <si>
+    <t>01/01/1991</t>
+  </si>
+  <si>
+    <t>3162P003762</t>
+  </si>
+  <si>
+    <t>LYCEE MARITIME DE CIBOURE</t>
+  </si>
+  <si>
+    <t>QUARTIER DE L'UNTXIN AVENUE EUGENE CORRE 64500 CIBOURE</t>
+  </si>
+  <si>
+    <t>LYCEE MARITIME ANITA CONTI</t>
+  </si>
+  <si>
+    <t>84 QUAI GUY DE MAUPASSANT 76400 FECAMP</t>
+  </si>
+  <si>
+    <t>01/09/1997</t>
+  </si>
+  <si>
+    <t>ECOLE DES FORMATIONS MARITIMES</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION METIERS MER PORT OLONA 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>18/06/1994</t>
+  </si>
+  <si>
     <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
   </si>
   <si>
     <t>EAM 1 RUE DE LA GLACIERE 97420 LE PORT</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...136 lines deleted...]
-  <si>
     <t xml:space="preserve">CHICHE JOYCE   </t>
   </si>
   <si>
     <t>17 BOULEVARD CARNOT 06300 NICE</t>
   </si>
   <si>
     <t>01/04/1999</t>
   </si>
   <si>
     <t>COMMUNAUTE PATRON PECHEUR VTE</t>
   </si>
   <si>
     <t>17 RUE EUGENE PELLETAN 13500 MARTIGUES</t>
   </si>
   <si>
     <t>15/07/1984</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t>ASS GERAN ECOLE FORMA PROFE MARIT AQUACO</t>
   </si>
   <si>
     <t>AUTRE BORD 97220 LA TRINITE</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...7 lines deleted...]
-    <t>18/06/1994</t>
   </si>
   <si>
     <t>ASS PR FORMATION &amp; DEV MARIT &amp; AQU MAY</t>
   </si>
   <si>
     <t>ECOLE D'APPRENTISSAGE MARI PLACE DE FRANCE 97615 DZAOUDZI</t>
   </si>
   <si>
     <t>21/07/1993</t>
   </si>
   <si>
     <t>06970000697</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -705,675 +705,675 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>39951939600010</v>
+        <v>11006801200050</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>11006801200050</v>
+        <v>13002671900018</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="G3" s="2"/>
+      <c r="G3" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>13002671900018</v>
+        <v>18290902800017</v>
       </c>
       <c r="B4" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="2" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="G4" s="2"/>
+      <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="G4" s="2" t="s">
+      <c r="I4" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="H4" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>18290902800017</v>
+        <v>19170091300020</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+        <v>30</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>19170091300020</v>
+        <v>19202666400016</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D6" s="2" t="s">
         <v>35</v>
       </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19202666400016</v>
+        <v>19341599900013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19341599900013</v>
+        <v>19442313300017</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>43</v>
+      </c>
+      <c r="I8" s="3">
+        <v>52440422444</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19442313300017</v>
+        <v>19501861900013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I9" s="3">
-        <v>52440422444</v>
+        <v>25750035250</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19501861900013</v>
+        <v>19623903200010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>25750035250</v>
+        <v>43</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>54</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19623903200010</v>
+        <v>19641840400014</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>43</v>
+      </c>
+      <c r="I11" s="3">
+        <v>75640429064</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19641840400014</v>
+        <v>19763005600012</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I12" s="3">
-        <v>75640429064</v>
+        <v>23760495676</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19763005600012</v>
+        <v>78645404100025</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="I13" s="3">
-        <v>23760495676</v>
+        <v>52850020785</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>42293531200013</v>
+        <v>39951939600010</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>32</v>
+        <v>66</v>
       </c>
       <c r="I14" s="3">
-        <v>93060618506</v>
+        <v>98970094497</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>69162081900017</v>
+        <v>42293531200013</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="I15" s="3">
-        <v>93131254913</v>
+        <v>93060618506</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>31398786900010</v>
+        <v>69162081900017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="I16" s="3">
-        <v>97970000797</v>
+        <v>93131254913</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78645404100025</v>
+        <v>31398786900010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>32</v>
+        <v>66</v>
       </c>
       <c r="I17" s="3">
-        <v>52850020785</v>
+        <v>97970000797</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>47915025200019</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>80</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1386,31 +1386,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/29/2025 22:23:18</dc:description>
+  <dc:description>Export en date du 12/16/2025 22:46:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>