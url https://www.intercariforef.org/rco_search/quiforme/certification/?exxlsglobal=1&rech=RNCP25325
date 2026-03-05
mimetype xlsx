--- v1 (2025-12-16)
+++ v2 (2026-03-05)
@@ -14,124 +14,97 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE LA TRANSITION ECOLOGIQUE, DE LA BIODIVERSITE ET DES NEGOCIATIONS INTERNATIONALES SUR LE CLIMAT ET LA NATURE</t>
-[...10 lines deleted...]
-  <si>
     <t>FAUX</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...13 lines deleted...]
-  <si>
     <t>CTRE EUROPEEN FORMAT CONTINUE MARITIME</t>
   </si>
   <si>
     <t>1 RUE DES PINS 29900 CONCARNEAU</t>
   </si>
   <si>
     <t>05/02/1998</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>5329P014129</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BOURCEFRANC</t>
   </si>
   <si>
     <t>CFPPA</t>
   </si>
   <si>
     <t>RUE WILLIAM BERTRAND 17560 BOURCEFRANC-LE-CHAPUS</t>
@@ -196,111 +169,111 @@
   <si>
     <t>6 RUE GEORGES HONORE 62480 LE PORTEL</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>3162P003762</t>
   </si>
   <si>
     <t>LYCEE MARITIME DE CIBOURE</t>
   </si>
   <si>
     <t>QUARTIER DE L'UNTXIN AVENUE EUGENE CORRE 64500 CIBOURE</t>
   </si>
   <si>
     <t>LYCEE MARITIME ANITA CONTI</t>
   </si>
   <si>
     <t>84 QUAI GUY DE MAUPASSANT 76400 FECAMP</t>
   </si>
   <si>
     <t>01/09/1997</t>
   </si>
   <si>
+    <t>COMMUNAUTE PATRON PECHEUR VTE</t>
+  </si>
+  <si>
+    <t>17 RUE EUGENE PELLETAN 13500 MARTIGUES</t>
+  </si>
+  <si>
+    <t>15/07/1984</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>ASS GERAN ECOLE FORMA PROFE MARIT AQUACO</t>
+  </si>
+  <si>
+    <t>AUTRE BORD 97220 LA TRINITE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
+  </si>
+  <si>
+    <t>EAM 1 RUE DE LA GLACIERE 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHICHE JOYCE   </t>
+  </si>
+  <si>
+    <t>17 BOULEVARD CARNOT 06300 NICE</t>
+  </si>
+  <si>
+    <t>01/04/1999</t>
+  </si>
+  <si>
+    <t>ASS PR FORMATION &amp; DEV MARIT &amp; AQU MAY</t>
+  </si>
+  <si>
+    <t>ECOLE D'APPRENTISSAGE MARI PLACE DE FRANCE 97615 DZAOUDZI</t>
+  </si>
+  <si>
+    <t>21/07/1993</t>
+  </si>
+  <si>
+    <t>06970000697</t>
+  </si>
+  <si>
     <t>ECOLE DES FORMATIONS MARITIMES</t>
   </si>
   <si>
     <t>CTRE FORMATION METIERS MER PORT OLONA 85100 LES SABLES D'OLONNE</t>
   </si>
   <si>
     <t>18/06/1994</t>
-  </si>
-[...52 lines deleted...]
-    <t>06970000697</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -710,670 +683,652 @@
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
         <v>11006801200050</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C2" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C2" s="2"/>
       <c r="D2" s="2"/>
-      <c r="E2" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
       <c r="G2" s="2"/>
-      <c r="H2" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2" s="2"/>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>13002671900018</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C3" s="2"/>
       <c r="D3" s="2"/>
-      <c r="E3" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
       <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>18290902800017</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>19170091300020</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>19202666400016</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>19341599900013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>19442313300017</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="I8" s="3">
         <v>52440422444</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19501861900013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="I9" s="3">
         <v>25750035250</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>19623903200010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>19641840400014</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="I11" s="3">
         <v>75640429064</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>19763005600012</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="I12" s="3">
         <v>23760495676</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78645404100025</v>
+        <v>69162081900017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I13" s="3">
-        <v>52850020785</v>
+        <v>93131254913</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>39951939600010</v>
+        <v>31398786900010</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="I14" s="3">
-        <v>98970094497</v>
+        <v>97970000797</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>42293531200013</v>
+        <v>39951939600010</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="I15" s="3">
-        <v>93060618506</v>
+        <v>98970094497</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>69162081900017</v>
+        <v>42293531200013</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>93131254913</v>
+        <v>93060618506</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>31398786900010</v>
+        <v>47915025200019</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>97970000797</v>
+        <v>18</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>68</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>47915025200019</v>
+        <v>78645404100025</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>18</v>
+      </c>
+      <c r="I18" s="3">
+        <v>52850020785</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1386,31 +1341,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 22:46:20</dc:description>
+  <dc:description>Export en date du 03/05/2026 01:30:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>