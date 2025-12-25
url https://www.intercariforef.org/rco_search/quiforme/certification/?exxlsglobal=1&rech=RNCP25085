--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -352,537 +352,528 @@
   <si>
     <t>560 ROUTE DES PLAGES 30660 GALLARGUES-LE-MONTUEUX</t>
   </si>
   <si>
     <t>28/06/2007</t>
   </si>
   <si>
     <t>ASS ENSEIGNE PROFESSION PRIVE AGRICOL</t>
   </si>
   <si>
     <t>2 RUE DU CHANOINE VOLTON 18520 BENGY-SUR-CRAON</t>
   </si>
   <si>
     <t>10/09/1992</t>
   </si>
   <si>
     <t xml:space="preserve">	  MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE CASTELNAU-CHALOSSE</t>
   </si>
   <si>
     <t>LIEU-DIT CASSEN 1958 ROUTE DE BADIE 40360 CASTELNAU-CHALOSSE</t>
   </si>
   <si>
     <t>01/01/1980</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION LE CEDRE</t>
+  </si>
+  <si>
+    <t>10 RUE DES CLAVERIES 49124 SAINT-BARTHELEMY-D'ANJOU</t>
+  </si>
+  <si>
+    <t>01/07/1995</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>UNION NATION RURALE EDUCATION PROMOT EST</t>
+  </si>
+  <si>
+    <t>LYCEE SCHATTENMANN 88 GRAND-RUE 67330 BOUXWILLER</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION RHONE ALPILLES</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA GARRIGUE 13310 SAINT-MARTIN-DE-CRAU</t>
+  </si>
+  <si>
+    <t>20/11/2009</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET  D'ORIENTATION DU PITHIVERAIS</t>
+  </si>
+  <si>
+    <t>RUE DU CHATEAU 45300 ASCOUX</t>
+  </si>
+  <si>
+    <t>23/10/2015</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE DU LITTORAL OUEST</t>
+  </si>
+  <si>
+    <t>CD 8 PK 27 5 AVENUE PAULE BERTHELOT 97360 MANA</t>
+  </si>
+  <si>
+    <t>14/11/2007</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>LD LE LUC ROUTE DE LA MEGERE 82200 MOISSAC</t>
+  </si>
+  <si>
+    <t>12/02/2003</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>SOUS LES SANGLES 25500 LES FINS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>13 RUE DE LA VAIVRE 70320 AILLEVILLERS-ET-LYAUMONT</t>
+  </si>
+  <si>
+    <t>MAISON FAMI RURALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>HAM RETRAITE ALLEE FAUSTIN POTAIN 71800 LA CLAYETTE</t>
+  </si>
+  <si>
+    <t>02/04/1992</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ORIENTAT</t>
+  </si>
+  <si>
+    <t>LIEU DIT CHAMPEAU 89130 TOUCY</t>
+  </si>
+  <si>
+    <t>ECOLE AGRICOLE PRIVEE MAISON FAMI RURALE</t>
+  </si>
+  <si>
+    <t>03160 SAINT LEOPARDIN D'AUGY</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE HAUTE-MARNE</t>
+  </si>
+  <si>
+    <t>12 RUE DU BARON DE BEINE 52000 BUXIERES-LES-VILLIERS</t>
+  </si>
+  <si>
+    <t>26/06/2006</t>
+  </si>
+  <si>
+    <t>21/08/2024</t>
+  </si>
+  <si>
+    <t>ASS GESTION LYCEE PRIVE ENSEIG AGRICOLE</t>
+  </si>
+  <si>
+    <t>PL HOTEL DE VILLE 15 RUE DE LA REPUBLIQUE 60190 ESTREES-SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>CHATEAU JEANNE D ARC 60310 BEAULIEU-LES-FONTAINES</t>
+  </si>
+  <si>
+    <t>09/12/1985</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
+  </si>
+  <si>
+    <t>CHATEAU DE LA BAGOTIERE 14220 LES MOUTIERS-EN-CINGLAIS</t>
+  </si>
+  <si>
+    <t>AVENUE DU GENERAL DE GAULLE 27350 ROUTOT</t>
+  </si>
+  <si>
+    <t>15 RUE JEAN LECOUTURIER 50410 PERCY-EN-NORMANDIE</t>
+  </si>
+  <si>
+    <t>MAIS FAMIL RURAL EDUCAT ORIENT</t>
+  </si>
+  <si>
+    <t>VILLA ROSEMER RUE NATIONALE 76460 SAINT-VALERY-EN-CAUX</t>
+  </si>
+  <si>
+    <t>MFR CHEVANCEAUX SERVICES</t>
+  </si>
+  <si>
+    <t>AU PAVE 17210 CHEVANCEAUX</t>
+  </si>
+  <si>
+    <t>27/04/2009</t>
+  </si>
+  <si>
+    <t>47 RUE DE MONTMORILLON 86300 CHAUVIGNY</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURAL EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>97 ROUTE DU MOULIN DE THOMAS 47300 PUJOLS</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE EDUC ORIEN</t>
+  </si>
+  <si>
+    <t>55150 DAMVILLERS</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>178 RUE DES RECOLLETS 88140 BULGNEVILLE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE LA MAISON FAMILIALE RURALE DE SAULXURES SUR MOSELOTTE</t>
+  </si>
+  <si>
+    <t>BASINROCHE 29 CHE DU BOIS LASAU 88290 SAULXURES-SUR-MOSELOTTE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>ASSOCIATION LYCEE ST-ROCH D'ESTAIRE</t>
+  </si>
+  <si>
+    <t>SECTION ELEVES 15 RUE DU COLLEGE 59940 ESTAIRES</t>
+  </si>
+  <si>
+    <t>INSTITUT AGRICOLE MIXTE</t>
+  </si>
+  <si>
+    <t>69 RUE DU VIOLON D'OR 59190 HAZEBROUCK</t>
+  </si>
+  <si>
+    <t>ASS MAISON FAMILIALE RURALE EDUC ORIENT</t>
+  </si>
+  <si>
+    <t>54 RTE DE NANTES 44140 AIGREFEUILLE-SUR-MAINE</t>
+  </si>
+  <si>
+    <t>LYCEE PROF PRIVE J-B ERIAU</t>
+  </si>
+  <si>
+    <t>ESPACE ROHAN 5 PLE ARMAND DE BETHUNE 44150 ANCENIS-SAINT-GEREON</t>
+  </si>
+  <si>
+    <t>12/11/1998</t>
+  </si>
+  <si>
+    <t>ASS ENSEIG FOR PRF AGR BLAIN DERVAL</t>
+  </si>
+  <si>
+    <t>29 RUE DE RENNES 44590 DERVAL</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE PROFESSIONNEL PRIVE DE KERGUENEC</t>
+  </si>
+  <si>
+    <t>LD KERGUENEC 44350 SAINT-MOLF</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE EDUC BEAUFORT ANJOU</t>
+  </si>
+  <si>
+    <t>LA PAINGAUDIERE 49250 BEAUFORT-EN-ANJOU</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE LA CHARMILLE</t>
+  </si>
+  <si>
+    <t>49 RUE DU PONT PIAU (JALLAIS) 49510 BEAUPREAU-EN-MAUGES</t>
+  </si>
+  <si>
+    <t>RUE JEAN COTTEREAU 53940 SAINT-BERTHEVIN</t>
+  </si>
+  <si>
+    <t>LA CHAUVINIERE 53140 PRE-EN-PAIL-SAINT-SAMSON</t>
+  </si>
+  <si>
+    <t>01/10/1991</t>
+  </si>
+  <si>
+    <t>MAISON FAMILALE RURALE EDUC ORIENTATION</t>
+  </si>
+  <si>
+    <t>65 RUE NATIONALE 72550 COULANS-SUR-GEE</t>
+  </si>
+  <si>
+    <t>ASS FAM DE GESTION DU LEAP DU TERTRLYCEE PROFESIONNEL NOTRE DAME</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL NOTRE DAME 10 RUE DU TERTRE 72400 LA FERTE-BERNARD</t>
+  </si>
+  <si>
+    <t>01/01/1992</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROMOTION EM MILIEU RURAL</t>
+  </si>
+  <si>
+    <t>RUE ABBE DUJARIE 72310 LOIR EN VALLEE</t>
+  </si>
+  <si>
+    <t>PUY SEC 42 ROUTE DU CHATEAU 85200 SAINT-MARTIN-DE-FRAIGNEAU</t>
+  </si>
+  <si>
+    <t>20 RUE DU PRIEURE 44320 SAINT-PERE-EN-RETZ</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'APATOU</t>
+  </si>
+  <si>
+    <t>MAIRIE D'APATOU LE BOURG APATOU 97317 APATOU</t>
+  </si>
+  <si>
+    <t>19/12/2008</t>
+  </si>
+  <si>
+    <t>LE GRAND GIBET 37140 BOURGUEIL</t>
+  </si>
+  <si>
+    <t>CHE DE LA NORAIE BELLEVUE 37190 AZAY-LE-RIDEAU</t>
+  </si>
+  <si>
+    <t>22/10/1993</t>
+  </si>
+  <si>
+    <t>ASS RESPONSABLE LEP RURAL SAINTE CECILE</t>
+  </si>
+  <si>
+    <t>12 RUE SAINT-LAURENT 41800 MONTOIRE-SUR-LE-LOIR</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIAL RURAL D'EDUCAT D'ORIENTA</t>
+  </si>
+  <si>
+    <t>7 ROUTE DE DARVOY 45150 FEROLLES</t>
+  </si>
+  <si>
+    <t>FONDATION APPRENTIS D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL PRIVE ST-JEAN</t>
+  </si>
+  <si>
+    <t>L HERMITAGE 95110 SANNOIS</t>
+  </si>
+  <si>
+    <t>46120 TERROU</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION O</t>
+  </si>
+  <si>
+    <t>19 AV SAINT VINCENT 51130 BLANCS-COTEAUX</t>
+  </si>
+  <si>
+    <t>30/04/1998</t>
+  </si>
+  <si>
+    <t>213 AVENUE HENRI FROIDFOND 13114 PUYLOUBIER</t>
+  </si>
+  <si>
+    <t>MFR-CFA LA GAUTELLERIE</t>
+  </si>
+  <si>
+    <t>28 RUE DU BREIL 72160 THORIGNE-SUR-DUE</t>
+  </si>
+  <si>
+    <t>01/08/2021</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE D'EDUCATION &amp; ORIENTATI</t>
+  </si>
+  <si>
+    <t>11 PLACE DE LA GARE 08300 LUCQUY</t>
+  </si>
+  <si>
+    <t>02/05/1990</t>
+  </si>
+  <si>
+    <t>RUE DU PONT DES DAMES 59440 AVESNES-SUR-HELPE</t>
+  </si>
+  <si>
+    <t>SYND AVENIR AGRICOLE RURAL VALLEELYS</t>
+  </si>
+  <si>
+    <t>52 RUE D'ISBERGUES 62120 AIRE-SUR-LA-LYS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE LOCALE DE FORMATION PROFESSIONNELLE AGRICOLE</t>
+  </si>
+  <si>
+    <t>40 RUE HUBERT BARAINE 28260 ANET</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE MONTLUEL</t>
+  </si>
+  <si>
+    <t>ALLEE CESAIRE NIVIERE 01120 MONTLUEL</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>MFR SAINT -DIE - LA PORTE D'ALSACE</t>
+  </si>
+  <si>
+    <t>4 LE NOUVEAU SAALES 88490 PROVENCHERES-ET-COLROY</t>
+  </si>
+  <si>
+    <t>28/06/2016</t>
+  </si>
+  <si>
+    <t>LES CLOS DE LA BOURDETTE 32430 COLOGNE</t>
+  </si>
+  <si>
+    <t>27/03/2001</t>
+  </si>
+  <si>
+    <t>QUARTIER DES CARRIERES LA MONTAGNETTE 13570 BARBENTANE</t>
+  </si>
+  <si>
+    <t>01/09/1975</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE DE GESTION DE L EAP</t>
+  </si>
+  <si>
+    <t>LYCEE CHARLES BRASSEUR 110 AVENUE ANTHONY CARO 59630 BOURBOURG</t>
+  </si>
+  <si>
+    <t>04/12/2012</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION  DE MARINGUES PAYS DE LIMAGNE</t>
+  </si>
+  <si>
+    <t>12 RUE DES DOMES 63260 THURET</t>
+  </si>
+  <si>
+    <t>09/07/1981</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU PERIGORD NOIR</t>
+  </si>
+  <si>
+    <t>PLACE DU CHAMP DE MARS 24590 SALIGNAC-EYVIGUES</t>
+  </si>
+  <si>
+    <t>31/12/1985</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE BEAUJOLAIS</t>
+  </si>
+  <si>
+    <t>CHATEAU DE SERMEZY 69220 CHARENTAY</t>
+  </si>
+  <si>
     <t>ASS MAISON FAMILIALE PT DU GARD</t>
   </si>
   <si>
     <t>LES CODES BAS ROUTE D’UZES 30210 CASTILLON-DU-GARD</t>
   </si>
   <si>
     <t>15/01/1989</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE</t>
-[...34 lines deleted...]
-  <si>
     <t>ENSEIGNEMENT PROMOTION AGRICOLE GENERAL</t>
   </si>
   <si>
     <t>26 AVENUE ANDRE CHENIER 11300 LIMOUX</t>
   </si>
   <si>
     <t>CENTR POLYVAL FORMAT PROFES LA ROUATIERE</t>
   </si>
   <si>
     <t>DOM LA ROUATIERE 11400 SOUILHANELS</t>
   </si>
   <si>
     <t>10/02/1988</t>
   </si>
   <si>
     <t>LYCEE ENSEIG PROFES AGRICOLE PRIVE</t>
   </si>
   <si>
     <t>1 RUE DE L'ALBAREDE 34190 GANGES</t>
   </si>
   <si>
     <t>11/03/1987</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE MOULIN DE COLVE</t>
   </si>
   <si>
     <t>RUE DU MOULIN DE COLVE 22190 PLERIN</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
   </si>
   <si>
     <t>34 RUE DES CROIX DE ROCHE 35580 GOVEN</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE PERIGORD LIMOUSIN</t>
   </si>
   <si>
     <t>10 RUE DE LA CROIX DES COMBES 87700 BEYNAC</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUC ET ORIENT</t>
   </si>
   <si>
     <t>21700 AGENCOURT</t>
   </si>
   <si>
     <t>21450 BAIGNEUX-LES-JUIFS</t>
-  </si>
-[...391 lines deleted...]
-    <t>12/02/2003</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1221,51 +1212,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M96"/>
+  <dimension ref="A1:M95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2207,2662 +2198,2627 @@
       <c r="F25" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="3">
         <v>72400021740</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>39904081500017</v>
+        <v>40150716500017</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="I26" s="3">
-        <v>91300127530</v>
+        <v>52490284149</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>77524634100017</v>
+        <v>40245838400011</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I27" s="3">
-        <v>24370214837</v>
+        <v>44670604267</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>77529170100024</v>
+        <v>40918828100029</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="I28" s="3">
-        <v>24370421037</v>
+        <v>93131600613</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>77539527000017</v>
+        <v>42818074900023</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3">
-        <v>24410062941</v>
+        <v>24450305845</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>77546377100011</v>
+        <v>43320759400030</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I30" s="3">
-        <v>24450222945</v>
+        <v>96973042897</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>77568879900037</v>
+        <v>45034043500012</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>22</v>
+        <v>132</v>
       </c>
       <c r="I31" s="3">
-        <v>11751561875</v>
+        <v>73820037382</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>77580456000016</v>
+        <v>77831080500016</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="3">
-        <v>91110106011</v>
+        <v>43250195625</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>77583202500016</v>
+        <v>77849371800010</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I33" s="3">
-        <v>91110016411</v>
+        <v>43700023870</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>77600113300011</v>
+        <v>77857240400029</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I34" s="3"/>
+      <c r="I34" s="3">
+        <v>26710027171</v>
+      </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77741768400019</v>
+        <v>77869757300013</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I35" s="3">
-        <v>53220895622</v>
+        <v>27890133789</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>77768721100014</v>
+        <v>77904719000011</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I36" s="3">
-        <v>53351095035</v>
+        <v>83030338203</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>77802871200017</v>
+        <v>78045946700020</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>13</v>
+        <v>144</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="G37" s="2"/>
+        <v>147</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>148</v>
+      </c>
       <c r="H37" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I37" s="3">
-        <v>74870037887</v>
+        <v>21520000652</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>77815852700011</v>
+        <v>78053714800014</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I38" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I38" s="3"/>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>77816355000016</v>
+        <v>78056404300021</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>115</v>
+        <v>135</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>117</v>
+        <v>152</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>144</v>
+        <v>122</v>
       </c>
       <c r="I39" s="3">
-        <v>26210279821</v>
+        <v>32600345860</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>77831080500016</v>
+        <v>78075147500010</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I40" s="3">
-        <v>43250195625</v>
+        <v>25140132414</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>77849371800010</v>
+        <v>78083909800016</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>115</v>
+        <v>135</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I41" s="3">
-        <v>43700023870</v>
+        <v>23270169927</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>77857240400029</v>
+        <v>78090048600017</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="I42" s="3">
-        <v>26710027171</v>
+        <v>25500036650</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>77869757300013</v>
+        <v>78113883900019</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I43" s="3">
-        <v>27890133789</v>
+        <v>23760485976</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>77904719000011</v>
+        <v>78128494800028</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>117</v>
+        <v>161</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I44" s="3">
-        <v>83030338203</v>
+        <v>54170034317</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>78045946700020</v>
+        <v>78151651300012</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>155</v>
+        <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>156</v>
+        <v>135</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I45" s="3">
-        <v>21520000652</v>
+        <v>54860031786</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>78053714800014</v>
+        <v>78220418400017</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I46" s="3"/>
+      <c r="I46" s="3">
+        <v>72470022847</v>
+      </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>78056404300021</v>
+        <v>78338935600016</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>115</v>
+        <v>165</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>163</v>
+        <v>134</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>144</v>
+        <v>122</v>
       </c>
       <c r="I47" s="3">
-        <v>32600345860</v>
+        <v>41550046955</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>78075147500010</v>
+        <v>78342337900016</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I48" s="3">
-        <v>25140132414</v>
+        <v>41880115288</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>78083909800016</v>
+        <v>78347843100027</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>115</v>
+        <v>169</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>117</v>
+        <v>171</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I49" s="3">
-        <v>23270169927</v>
+        <v>41880008788</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>78090048600017</v>
+        <v>78361042100019</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I50" s="3"/>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>78113883900019</v>
+        <v>78364448700010</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I51" s="3">
-        <v>23760485976</v>
+        <v>31590129659</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>78128494800028</v>
+        <v>78592526400018</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>172</v>
+        <v>134</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I52" s="3">
-        <v>54170034317</v>
+        <v>52440564344</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>78151651300012</v>
+        <v>78592655100025</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>115</v>
+        <v>178</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>117</v>
+        <v>180</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I53" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I53" s="3"/>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>78220418400017</v>
+        <v>78595022100016</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I54" s="3">
-        <v>72470022847</v>
+        <v>52440637244</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>78338935600016</v>
+        <v>78606321400013</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I55" s="3"/>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>78342337900016</v>
+        <v>78616257800011</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I56" s="3">
-        <v>41880115288</v>
+        <v>52490380649</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>78347843100027</v>
+        <v>78616593600018</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>182</v>
+        <v>134</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I57" s="3">
-        <v>41880008788</v>
+        <v>52490360549</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>78361042100019</v>
+        <v>78627058700011</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>183</v>
+        <v>129</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I58" s="3"/>
+      <c r="I58" s="3">
+        <v>52530072453</v>
+      </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>78364448700010</v>
+        <v>78627885300027</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>185</v>
+        <v>135</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>117</v>
+        <v>191</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I59" s="3">
-        <v>31590129659</v>
+        <v>52530094853</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>78592526400018</v>
+        <v>78629780400019</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I60" s="3">
-        <v>52440564344</v>
+        <v>52720165372</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>78592655100025</v>
+        <v>78630328900031</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I61" s="3"/>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>78595022100016</v>
+        <v>78635274000017</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I62" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I62" s="3"/>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>78606321400013</v>
+        <v>78646952800016</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>194</v>
+        <v>135</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I63" s="3"/>
+      <c r="I63" s="3">
+        <v>52850040385</v>
+      </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>78616257800011</v>
+        <v>78835245800012</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>196</v>
+        <v>140</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I64" s="3">
-        <v>52490380649</v>
+        <v>52440127044</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>78616593600018</v>
+        <v>51896922500011</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>117</v>
+        <v>203</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>22</v>
+        <v>132</v>
       </c>
       <c r="I65" s="3">
-        <v>52490360549</v>
+        <v>96973054897</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>78627058700011</v>
+        <v>77524634100017</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I66" s="3">
-        <v>52530072453</v>
+        <v>24370214837</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>78627885300027</v>
+        <v>77529170100024</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>115</v>
+        <v>135</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I67" s="3">
-        <v>52530094853</v>
+        <v>24370421037</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78629780400019</v>
+        <v>77539527000017</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I68" s="3">
-        <v>52720165372</v>
+        <v>24410062941</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78630328900031</v>
+        <v>77546377100011</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>207</v>
+        <v>134</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I69" s="3"/>
+      <c r="I69" s="3">
+        <v>24450222945</v>
+      </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>78635274000017</v>
+        <v>77568879900037</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="D70" s="2"/>
+        <v>211</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="E70" s="2" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I70" s="3"/>
+      <c r="I70" s="3">
+        <v>11751561875</v>
+      </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>78646952800016</v>
+        <v>30021970600011</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>115</v>
+        <v>140</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I71" s="3">
-        <v>52850040385</v>
+        <v>76460054746</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>78835245800012</v>
+        <v>30287640400021</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>151</v>
+        <v>215</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>117</v>
+        <v>217</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I72" s="3">
-        <v>52440127044</v>
+        <v>21510125051</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>40918828100029</v>
+        <v>30394026600016</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>212</v>
+        <v>135</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>214</v>
+        <v>134</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="I73" s="3">
-        <v>93131600613</v>
+        <v>93130640613</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>42818074900023</v>
+        <v>30478507400028</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I74" s="3">
-        <v>24450305845</v>
+        <v>52720167872</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>30021970600011</v>
+        <v>30550939000020</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>151</v>
+        <v>222</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>117</v>
+        <v>224</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="I75" s="3">
-        <v>76460054746</v>
+        <v>21080022308</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>30287640400021</v>
+        <v>30931979600012</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>219</v>
+        <v>129</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>221</v>
+        <v>134</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I76" s="3">
-        <v>21510125051</v>
+        <v>31590131159</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>30394026600016</v>
+        <v>31091420500011</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>115</v>
+        <v>226</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I77" s="3">
-        <v>93130640613</v>
+        <v>31620042062</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>30478507400028</v>
+        <v>31111028200010</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>225</v>
+        <v>134</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I78" s="3">
-        <v>52720167872</v>
+        <v>24280131728</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>30550939000020</v>
+        <v>31266699300026</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>87</v>
+        <v>122</v>
       </c>
       <c r="I79" s="3">
-        <v>21080022308</v>
+        <v>82010133801</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>30931979600012</v>
+        <v>32290470700021</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>145</v>
+        <v>233</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="I80" s="3">
-        <v>31590131159</v>
+        <v>41880128488</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>31091420500011</v>
+        <v>32295961000021</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>230</v>
+        <v>135</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>117</v>
+        <v>237</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="I81" s="3">
-        <v>31620042062</v>
+        <v>73320055832</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>31111028200010</v>
+        <v>33187461000016</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>232</v>
+        <v>135</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>117</v>
+        <v>239</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I82" s="3">
-        <v>24280131728</v>
+        <v>93131703113</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>31266699300026</v>
+        <v>33348856700038</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="I83" s="3">
-        <v>82010133801</v>
+        <v>31590286359</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>32290470700021</v>
+        <v>33363402000015</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>13</v>
+        <v>144</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="G84" s="2"/>
+        <v>245</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>246</v>
+      </c>
       <c r="H84" s="2" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="I84" s="3">
-        <v>41880128488</v>
+        <v>84630493963</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>32295961000021</v>
+        <v>33473281500017</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>115</v>
+        <v>247</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>144</v>
+        <v>122</v>
       </c>
       <c r="I85" s="3">
-        <v>73320055832</v>
+        <v>72240079024</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>32322213300015</v>
+        <v>33532490100016</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I86" s="3"/>
+      <c r="I86" s="3">
+        <v>82691425669</v>
+      </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>33187461000016</v>
+        <v>39904081500017</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>115</v>
+        <v>252</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I87" s="3">
-        <v>93131703113</v>
+        <v>91300127530</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>33348856700038</v>
+        <v>77580456000016</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>249</v>
+        <v>134</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I88" s="3">
-        <v>31590286359</v>
+        <v>91110106011</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>33363402000015</v>
+        <v>77583202500016</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>155</v>
+        <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I89" s="3">
-        <v>84630493963</v>
+        <v>91110016411</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>33473281500017</v>
+        <v>77600113300011</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I90" s="3"/>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>33532490100016</v>
+        <v>77741768400019</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>236</v>
+        <v>134</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I91" s="3">
-        <v>82691425669</v>
+        <v>53220895622</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>51896922500011</v>
+        <v>77768721100014</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>261</v>
+        <v>134</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>262</v>
+        <v>22</v>
       </c>
       <c r="I92" s="3">
-        <v>96973054897</v>
+        <v>53351095035</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>43320759400030</v>
+        <v>77802871200017</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>265</v>
+        <v>134</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>262</v>
+        <v>22</v>
       </c>
       <c r="I93" s="3">
-        <v>96973042897</v>
+        <v>74870037887</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>40150716500017</v>
+        <v>77815852700011</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>268</v>
+        <v>134</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>269</v>
+        <v>22</v>
       </c>
       <c r="I94" s="3">
-        <v>52490284149</v>
+        <v>26210272121</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>40245838400011</v>
+        <v>77816355000016</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>270</v>
+        <v>135</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
         <v>271</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>272</v>
+        <v>134</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="I95" s="3">
-        <v>44670604267</v>
+        <v>26210279821</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>24</v>
-[...35 lines deleted...]
-      <c r="M96" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4876,31 +4832,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 13:37:24</dc:description>
+  <dc:description>Export en date du 12/25/2025 01:06:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>