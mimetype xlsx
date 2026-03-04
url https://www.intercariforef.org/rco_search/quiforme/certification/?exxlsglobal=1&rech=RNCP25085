--- v1 (2025-12-25)
+++ v2 (2026-03-04)
@@ -14,118 +14,109 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
-[...2 lines deleted...]
-    <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>LEGTPA LYCEE AGRICOLE AGROALIMENTAIRE</t>
+  </si>
+  <si>
+    <t>79 AVENUE DE JASSERON 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
-    <t>84.11Z</t>
-[...13 lines deleted...]
-  <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>8201P082601</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE GAP</t>
   </si>
   <si>
     <t>LEGTA DE GAP</t>
   </si>
   <si>
     <t>LES EMEYERES 127 ROUTE DE VALSERRES 05000 GAP</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT REMY DE PROVENCE</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE  ST REMY DE PROVENCE</t>
   </si>
   <si>
     <t>AVENUE EDOUARD HERRIOT 13210 SAINT-REMY-DE-PROVENCE</t>
@@ -325,176 +316,380 @@
   <si>
     <t>BOIS ROUGE CROIX RIVAIL 97224 DUCOS</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9797P001497</t>
   </si>
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ORIENTAT</t>
+  </si>
+  <si>
+    <t>83 RUE DES ECOLES 46120 TERROU</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION O</t>
+  </si>
+  <si>
+    <t>19 AV SAINT VINCENT 51130 BLANCS-COTEAUX</t>
+  </si>
+  <si>
+    <t>30/04/1998</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>213 AVENUE HENRI FROIDFOND 13114 PUYLOUBIER</t>
+  </si>
+  <si>
+    <t>MFR-CFA LA GAUTELLERIE</t>
+  </si>
+  <si>
+    <t>28 RUE DU BREIL 72160 THORIGNE-SUR-DUE</t>
+  </si>
+  <si>
+    <t>01/08/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	  MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE CASTELNAU-CHALOSSE</t>
+  </si>
+  <si>
+    <t>LIEU-DIT CASSEN 1958 ROUTE DE BADIE 40360 CASTELNAU-CHALOSSE</t>
+  </si>
+  <si>
+    <t>01/01/1980</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE D'EDUCATION &amp; ORIENTATI</t>
+  </si>
+  <si>
+    <t>11 PLACE DE LA GARE 08300 LUCQUY</t>
+  </si>
+  <si>
+    <t>02/05/1990</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>RUE DU PONT DES DAMES 59440 AVESNES-SUR-HELPE</t>
+  </si>
+  <si>
+    <t>SYND AVENIR AGRICOLE RURAL VALLEELYS</t>
+  </si>
+  <si>
+    <t>52 RUE D'ISBERGUES 62120 AIRE-SUR-LA-LYS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE LOCALE DE FORMATION PROFESSIONNELLE AGRICOLE</t>
+  </si>
+  <si>
+    <t>40 RUE HUBERT BARAINE 28260 ANET</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE MONTLUEL</t>
+  </si>
+  <si>
+    <t>ALLEE CESAIRE NIVIERE 01120 MONTLUEL</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>MFR SAINT -DIE - LA PORTE D'ALSACE</t>
+  </si>
+  <si>
+    <t>4 LE NOUVEAU SAALES 88490 PROVENCHERES-ET-COLROY</t>
+  </si>
+  <si>
+    <t>28/06/2016</t>
+  </si>
+  <si>
+    <t>LES CLOS DE LA BOURDETTE 32430 COLOGNE</t>
+  </si>
+  <si>
+    <t>27/03/2001</t>
+  </si>
+  <si>
+    <t>QUARTIER DES CARRIERES LA MONTAGNETTE 13570 BARBENTANE</t>
+  </si>
+  <si>
+    <t>01/09/1975</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE DE GESTION DE L EAP</t>
+  </si>
+  <si>
+    <t>LYCEE CHARLES BRASSEUR 110 AVENUE ANTHONY CARO 59630 BOURBOURG</t>
+  </si>
+  <si>
+    <t>04/12/2012</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION  DE MARINGUES PAYS DE LIMAGNE</t>
+  </si>
+  <si>
+    <t>12 RUE DES DOMES 63260 THURET</t>
+  </si>
+  <si>
+    <t>09/07/1981</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU PERIGORD NOIR</t>
+  </si>
+  <si>
+    <t>PLACE DU CHAMP DE MARS 24590 SALIGNAC-EYVIGUES</t>
+  </si>
+  <si>
+    <t>31/12/1985</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE BEAUJOLAIS</t>
+  </si>
+  <si>
+    <t>CHATEAU DE SERMEZY 69220 CHARENTAY</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE PETITE CAMARGUE</t>
   </si>
   <si>
     <t>560 ROUTE DES PLAGES 30660 GALLARGUES-LE-MONTUEUX</t>
   </si>
   <si>
     <t>28/06/2007</t>
   </si>
   <si>
     <t>ASS ENSEIGNE PROFESSION PRIVE AGRICOL</t>
   </si>
   <si>
     <t>2 RUE DU CHANOINE VOLTON 18520 BENGY-SUR-CRAON</t>
   </si>
   <si>
     <t>10/09/1992</t>
   </si>
   <si>
-    <t xml:space="preserve">	  MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE CASTELNAU-CHALOSSE</t>
-[...5 lines deleted...]
-    <t>01/01/1980</t>
+    <t>ASS MAISON FAMILIALE PT DU GARD</t>
+  </si>
+  <si>
+    <t>LES CODES BAS ROUTE D’UZES 30210 CASTILLON-DU-GARD</t>
+  </si>
+  <si>
+    <t>15/01/1989</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION LE CEDRE</t>
   </si>
   <si>
     <t>10 RUE DES CLAVERIES 49124 SAINT-BARTHELEMY-D'ANJOU</t>
   </si>
   <si>
     <t>01/07/1995</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>UNION NATION RURALE EDUCATION PROMOT EST</t>
   </si>
   <si>
     <t>LYCEE SCHATTENMANN 88 GRAND-RUE 67330 BOUXWILLER</t>
   </si>
   <si>
     <t>01/09/1995</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION RHONE ALPILLES</t>
   </si>
   <si>
     <t>2 RUE DE LA GARRIGUE 13310 SAINT-MARTIN-DE-CRAU</t>
   </si>
   <si>
     <t>20/11/2009</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET  D'ORIENTATION DU PITHIVERAIS</t>
   </si>
   <si>
     <t>RUE DU CHATEAU 45300 ASCOUX</t>
   </si>
   <si>
     <t>23/10/2015</t>
   </si>
   <si>
     <t>MAISON FAMILIALE DU LITTORAL OUEST</t>
   </si>
   <si>
     <t>CD 8 PK 27 5 AVENUE PAULE BERTHELOT 97360 MANA</t>
   </si>
   <si>
     <t>14/11/2007</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
-[...1 lines deleted...]
-  <si>
     <t>LD LE LUC ROUTE DE LA MEGERE 82200 MOISSAC</t>
   </si>
   <si>
     <t>12/02/2003</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE D'APATOU</t>
+  </si>
+  <si>
+    <t>MAIRIE D'APATOU LE BOURG APATOU 97317 APATOU</t>
+  </si>
+  <si>
+    <t>19/12/2008</t>
+  </si>
+  <si>
+    <t>LE GRAND GIBET 37140 BOURGUEIL</t>
+  </si>
+  <si>
+    <t>CHE DE LA NORAIE BELLEVUE 37190 AZAY-LE-RIDEAU</t>
+  </si>
+  <si>
+    <t>22/10/1993</t>
+  </si>
+  <si>
+    <t>ASS RESPONSABLE LEP RURAL SAINTE CECILE</t>
+  </si>
+  <si>
+    <t>12 RUE SAINT-LAURENT 41800 MONTOIRE-SUR-LE-LOIR</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIAL RURAL D'EDUCAT D'ORIENTA</t>
+  </si>
+  <si>
+    <t>7 ROUTE DE DARVOY 45150 FEROLLES</t>
+  </si>
+  <si>
+    <t>FONDATION APPRENTIS D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL PRIVE ST-JEAN</t>
+  </si>
+  <si>
+    <t>L HERMITAGE 95110 SANNOIS</t>
+  </si>
+  <si>
+    <t>ENSEIGNEMENT PROMOTION AGRICOLE GENERAL</t>
+  </si>
+  <si>
+    <t>26 AVENUE ANDRE CHENIER 11300 LIMOUX</t>
+  </si>
+  <si>
+    <t>CENTR POLYVAL FORMAT PROFES LA ROUATIERE</t>
+  </si>
+  <si>
+    <t>DOM LA ROUATIERE 11400 SOUILHANELS</t>
+  </si>
+  <si>
+    <t>10/02/1988</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE MOULIN DE COLVE</t>
+  </si>
+  <si>
+    <t>RUE DU MOULIN DE COLVE 22190 PLERIN</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>34 RUE DES CROIX DE ROCHE 35580 GOVEN</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE PERIGORD LIMOUSIN</t>
+  </si>
+  <si>
+    <t>10 RUE DE LA CROIX DES COMBES 87700 BEYNAC</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUC ET ORIENT</t>
+  </si>
+  <si>
+    <t>21700 AGENCOURT</t>
+  </si>
+  <si>
+    <t>21450 BAIGNEUX-LES-JUIFS</t>
+  </si>
+  <si>
     <t>SOUS LES SANGLES 25500 LES FINS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...4 lines deleted...]
-  <si>
     <t>13 RUE DE LA VAIVRE 70320 AILLEVILLERS-ET-LYAUMONT</t>
   </si>
   <si>
     <t>MAISON FAMI RURALE EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>HAM RETRAITE ALLEE FAUSTIN POTAIN 71800 LA CLAYETTE</t>
   </si>
   <si>
     <t>02/04/1992</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE EDUCAT ORIENTAT</t>
-[...1 lines deleted...]
-  <si>
     <t>LIEU DIT CHAMPEAU 89130 TOUCY</t>
   </si>
   <si>
     <t>ECOLE AGRICOLE PRIVEE MAISON FAMI RURALE</t>
   </si>
   <si>
     <t>03160 SAINT LEOPARDIN D'AUGY</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE DE HAUTE-MARNE</t>
   </si>
   <si>
     <t>12 RUE DU BARON DE BEINE 52000 BUXIERES-LES-VILLIERS</t>
   </si>
   <si>
     <t>26/06/2006</t>
   </si>
   <si>
     <t>21/08/2024</t>
   </si>
   <si>
     <t>ASS GESTION LYCEE PRIVE ENSEIG AGRICOLE</t>
   </si>
   <si>
     <t>PL HOTEL DE VILLE 15 RUE DE LA REPUBLIQUE 60190 ESTREES-SAINT-DENIS</t>
   </si>
   <si>
     <t>CHATEAU JEANNE D ARC 60310 BEAULIEU-LES-FONTAINES</t>
   </si>
   <si>
     <t>09/12/1985</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
@@ -617,263 +812,50 @@
     <t>MAISON FAMILALE RURALE EDUC ORIENTATION</t>
   </si>
   <si>
     <t>65 RUE NATIONALE 72550 COULANS-SUR-GEE</t>
   </si>
   <si>
     <t>ASS FAM DE GESTION DU LEAP DU TERTRLYCEE PROFESIONNEL NOTRE DAME</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL NOTRE DAME 10 RUE DU TERTRE 72400 LA FERTE-BERNARD</t>
   </si>
   <si>
     <t>01/01/1992</t>
   </si>
   <si>
     <t>ASS FORMATION PROMOTION EM MILIEU RURAL</t>
   </si>
   <si>
     <t>RUE ABBE DUJARIE 72310 LOIR EN VALLEE</t>
   </si>
   <si>
     <t>PUY SEC 42 ROUTE DU CHATEAU 85200 SAINT-MARTIN-DE-FRAIGNEAU</t>
   </si>
   <si>
     <t>20 RUE DU PRIEURE 44320 SAINT-PERE-EN-RETZ</t>
-  </si>
-[...211 lines deleted...]
-    <t>21450 BAIGNEUX-LES-JUIFS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1283,3543 +1265,3523 @@
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
         <v>11007001800012</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C2" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C2" s="2"/>
       <c r="D2" s="2"/>
-      <c r="E2" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
       <c r="G2" s="2"/>
-      <c r="H2" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2" s="2"/>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>19010819100015</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I3" s="3" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>19050012400010</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I4" s="3">
         <v>93050108105</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>19131715500015</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I5" s="3">
         <v>93131313713</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>19211217500026</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>19230030900015</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I7" s="3">
         <v>75230033023</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>19260765300016</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19320039100012</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>19331424200010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>19390809200011</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>19480514900011</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19541207700016</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19580101400034</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19601782600013</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19640220000014</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19660699000014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19801335100012</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19820559300017</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19971804000017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19972616700018</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>93</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>20000746600010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>35267239800034</v>
+        <v>30021970600011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I23" s="3">
-        <v>91300340030</v>
+        <v>76460054746</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>38972793400017</v>
+        <v>30287640400021</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I24" s="3">
-        <v>24180048718</v>
+        <v>21510125051</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>39266729100018</v>
+        <v>30394026600016</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I25" s="3">
-        <v>72400021740</v>
+        <v>93130640613</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>40150716500017</v>
+        <v>30478507400028</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="I26" s="3">
-        <v>52490284149</v>
+        <v>52720167872</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>40245838400011</v>
+        <v>39266729100018</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I27" s="3">
-        <v>44670604267</v>
+        <v>72400021740</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>40918828100029</v>
+        <v>30550939000020</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="I28" s="3">
-        <v>93131600613</v>
+        <v>21080022308</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>42818074900023</v>
+        <v>30931979600012</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I29" s="3">
-        <v>24450305845</v>
+        <v>31590131159</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>43320759400030</v>
+        <v>31091420500011</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I30" s="3">
-        <v>96973042897</v>
+        <v>31620042062</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>45034043500012</v>
+        <v>31111028200010</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="I31" s="3">
-        <v>73820037382</v>
+        <v>24280131728</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>77831080500016</v>
+        <v>31266699300026</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="I32" s="3">
-        <v>43250195625</v>
+        <v>82010133801</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>77849371800010</v>
+        <v>32290470700021</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="I33" s="3">
-        <v>43700023870</v>
+        <v>41880128488</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>77857240400029</v>
+        <v>32295961000021</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>137</v>
+        <v>106</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="I34" s="3">
-        <v>26710027171</v>
+        <v>73320055832</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77869757300013</v>
+        <v>33187461000016</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>140</v>
+        <v>106</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I35" s="3">
-        <v>27890133789</v>
+        <v>93131703113</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>77904719000011</v>
+        <v>33348856700038</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I36" s="3">
-        <v>83030338203</v>
+        <v>31590286359</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>78045946700020</v>
+        <v>33363402000015</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>78053714800014</v>
+        <v>33473281500017</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I38" s="3"/>
+        <v>126</v>
+      </c>
+      <c r="I38" s="3">
+        <v>72240079024</v>
+      </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>78056404300021</v>
+        <v>33532490100016</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>152</v>
+        <v>125</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
       <c r="I39" s="3">
-        <v>32600345860</v>
+        <v>82691425669</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>78075147500010</v>
+        <v>35267239800034</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I40" s="3">
-        <v>25140132414</v>
+        <v>91300340030</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>78083909800016</v>
+        <v>38972793400017</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I41" s="3">
-        <v>23270169927</v>
+        <v>24180048718</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>78090048600017</v>
+        <v>39904081500017</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>134</v>
+        <v>155</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
       <c r="I42" s="3">
-        <v>25500036650</v>
+        <v>91300127530</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>78113883900019</v>
+        <v>40150716500017</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>22</v>
+        <v>159</v>
       </c>
       <c r="I43" s="3">
-        <v>23760485976</v>
+        <v>52490284149</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>78128494800028</v>
+        <v>40245838400011</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I44" s="3">
-        <v>54170034317</v>
+        <v>44670604267</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>78151651300012</v>
+        <v>40918828100029</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>135</v>
+        <v>163</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>134</v>
+        <v>165</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="I45" s="3">
-        <v>54860031786</v>
+        <v>93131600613</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>78220418400017</v>
+        <v>42818074900023</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>134</v>
+        <v>168</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I46" s="3">
-        <v>72470022847</v>
+        <v>24450305845</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>78338935600016</v>
+        <v>43320759400030</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>134</v>
+        <v>171</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
       <c r="I47" s="3">
-        <v>41550046955</v>
+        <v>96973042897</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>78342337900016</v>
+        <v>45034043500012</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>167</v>
+        <v>117</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="I48" s="3">
-        <v>41880115288</v>
+        <v>73820037382</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>78347843100027</v>
+        <v>51896922500011</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="I49" s="3">
-        <v>41880008788</v>
+        <v>96973054897</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>78361042100019</v>
+        <v>77524634100017</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>172</v>
+        <v>106</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I50" s="3"/>
+        <v>19</v>
+      </c>
+      <c r="I50" s="3">
+        <v>24370214837</v>
+      </c>
       <c r="J50" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>78364448700010</v>
+        <v>77529170100024</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>174</v>
+        <v>106</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>134</v>
+        <v>180</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I51" s="3">
-        <v>31590129659</v>
+        <v>24370421037</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>78592526400018</v>
+        <v>77539527000017</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I52" s="3">
-        <v>52440564344</v>
+        <v>24410062941</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>78592655100025</v>
+        <v>77546377100011</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>180</v>
+        <v>102</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I53" s="3"/>
+        <v>19</v>
+      </c>
+      <c r="I53" s="3">
+        <v>24450222945</v>
+      </c>
       <c r="J53" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>78595022100016</v>
+        <v>77568879900037</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="D54" s="2"/>
+        <v>185</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="E54" s="2" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I54" s="3">
-        <v>52440637244</v>
+        <v>11751561875</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>78606321400013</v>
+        <v>77580456000016</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I55" s="3"/>
+        <v>19</v>
+      </c>
+      <c r="I55" s="3">
+        <v>91110106011</v>
+      </c>
       <c r="J55" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>78616257800011</v>
+        <v>77583202500016</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>134</v>
+        <v>192</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I56" s="3">
-        <v>52490380649</v>
+        <v>91110016411</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>78616593600018</v>
+        <v>77600113300011</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C57" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C57" s="2"/>
       <c r="D57" s="2"/>
-      <c r="E57" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2"/>
       <c r="G57" s="2"/>
-      <c r="H57" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H57" s="2"/>
+      <c r="I57" s="3"/>
       <c r="J57" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>78627058700011</v>
+        <v>77741768400019</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>129</v>
+        <v>193</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I58" s="3">
-        <v>52530072453</v>
+        <v>53220895622</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>78627885300027</v>
+        <v>77768721100014</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>135</v>
+        <v>195</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>191</v>
+        <v>102</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I59" s="3">
-        <v>52530094853</v>
+        <v>53351095035</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>78629780400019</v>
+        <v>77802871200017</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I60" s="3">
-        <v>52720165372</v>
+        <v>74870037887</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>78630328900031</v>
+        <v>77815852700011</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>196</v>
+        <v>102</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I61" s="3"/>
+        <v>19</v>
+      </c>
+      <c r="I61" s="3">
+        <v>26210272121</v>
+      </c>
       <c r="J61" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>78635274000017</v>
+        <v>77816355000016</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>197</v>
+        <v>106</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I62" s="3"/>
+        <v>126</v>
+      </c>
+      <c r="I62" s="3">
+        <v>26210279821</v>
+      </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>78646952800016</v>
+        <v>77831080500016</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>135</v>
+        <v>117</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I63" s="3">
-        <v>52850040385</v>
+        <v>43250195625</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>78835245800012</v>
+        <v>77849371800010</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>140</v>
+        <v>106</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I64" s="3">
-        <v>52440127044</v>
+        <v>43700023870</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>51896922500011</v>
+        <v>77857240400029</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="I65" s="3">
-        <v>96973054897</v>
+        <v>26710027171</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>77524634100017</v>
+        <v>77869757300013</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>135</v>
+        <v>100</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I66" s="3">
-        <v>24370214837</v>
+        <v>27890133789</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>77529170100024</v>
+        <v>77904719000011</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>135</v>
+        <v>208</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>206</v>
+        <v>102</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I67" s="3">
-        <v>24370421037</v>
+        <v>83030338203</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>77539527000017</v>
+        <v>78045946700020</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>13</v>
+        <v>137</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="G68" s="2"/>
+        <v>212</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>213</v>
+      </c>
       <c r="H68" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="I68" s="3"/>
       <c r="J68" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>77546377100011</v>
+        <v>78053714800014</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>77568879900037</v>
+        <v>78056404300021</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>134</v>
+        <v>217</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="I70" s="3">
-        <v>11751561875</v>
+        <v>32600345860</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>30021970600011</v>
+        <v>78075147500010</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>140</v>
+        <v>218</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I71" s="3">
-        <v>76460054746</v>
+        <v>25140132414</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>30287640400021</v>
+        <v>78083909800016</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>215</v>
+        <v>106</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>217</v>
+        <v>102</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I72" s="3">
-        <v>21510125051</v>
+        <v>23270169927</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>30394026600016</v>
+        <v>78090048600017</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="I73" s="3">
-        <v>93130640613</v>
+        <v>25500036650</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>30478507400028</v>
+        <v>78113883900019</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>221</v>
+        <v>102</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I74" s="3">
-        <v>52720167872</v>
+        <v>23760485976</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>30550939000020</v>
+        <v>78128494800028</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
       <c r="I75" s="3">
-        <v>21080022308</v>
+        <v>54170034317</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>30931979600012</v>
+        <v>78151651300012</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>129</v>
+        <v>106</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I76" s="3">
-        <v>31590131159</v>
+        <v>54860031786</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>31091420500011</v>
+        <v>78220418400017</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I77" s="3">
-        <v>31620042062</v>
+        <v>72470022847</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>31111028200010</v>
+        <v>78338935600016</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="I78" s="3">
-        <v>24280131728</v>
+        <v>41550046955</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>31266699300026</v>
+        <v>78342337900016</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>232</v>
+        <v>102</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
       <c r="I79" s="3">
-        <v>82010133801</v>
+        <v>41880115288</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>32290470700021</v>
+        <v>78347843100027</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
       <c r="I80" s="3">
-        <v>41880128488</v>
+        <v>41880008788</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>32295961000021</v>
+        <v>78361042100019</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>135</v>
+        <v>237</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>237</v>
+        <v>102</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="I81" s="3"/>
       <c r="J81" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>33187461000016</v>
+        <v>78364448700010</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>135</v>
+        <v>239</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>239</v>
+        <v>102</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I82" s="3">
-        <v>93131703113</v>
+        <v>31590129659</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>33348856700038</v>
+        <v>78592526400018</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>242</v>
+        <v>102</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I83" s="3">
-        <v>31590286359</v>
+        <v>52440564344</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>33363402000015</v>
+        <v>78592655100025</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>144</v>
+        <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="G84" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="I84" s="3"/>
       <c r="J84" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>33473281500017</v>
+        <v>78595022100016</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>249</v>
+        <v>102</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
       <c r="I85" s="3">
-        <v>72240079024</v>
+        <v>52440637244</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>33532490100016</v>
+        <v>78606321400013</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>232</v>
+        <v>102</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="I86" s="3"/>
       <c r="J86" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>39904081500017</v>
+        <v>78616257800011</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>254</v>
+        <v>102</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I87" s="3">
-        <v>91300127530</v>
+        <v>52490380649</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>77580456000016</v>
+        <v>78616593600018</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I88" s="3">
-        <v>91110106011</v>
+        <v>52490360549</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>77583202500016</v>
+        <v>78627058700011</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>257</v>
+        <v>117</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>259</v>
+        <v>102</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I89" s="3">
-        <v>91110016411</v>
+        <v>52530072453</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>77600113300011</v>
+        <v>78627885300027</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>260</v>
+        <v>106</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I90" s="3"/>
+        <v>19</v>
+      </c>
+      <c r="I90" s="3">
+        <v>52530094853</v>
+      </c>
       <c r="J90" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>77741768400019</v>
+        <v>78629780400019</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I91" s="3">
-        <v>53220895622</v>
+        <v>52720165372</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>77768721100014</v>
+        <v>78630328900031</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>134</v>
+        <v>261</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="I92" s="3"/>
       <c r="J92" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>77802871200017</v>
+        <v>78635274000017</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="I93" s="3"/>
       <c r="J93" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>77815852700011</v>
+        <v>78646952800016</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>269</v>
+        <v>106</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I94" s="3">
-        <v>26210272121</v>
+        <v>52850040385</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>77816355000016</v>
+        <v>78835245800012</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>135</v>
+        <v>100</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>134</v>
+        <v>102</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
       <c r="I95" s="3">
-        <v>26210279821</v>
+        <v>52440127044</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -4832,31 +4794,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/25/2025 01:06:26</dc:description>
+  <dc:description>Export en date du 03/04/2026 11:45:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>