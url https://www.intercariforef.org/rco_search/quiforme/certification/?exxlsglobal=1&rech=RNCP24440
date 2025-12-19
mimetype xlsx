--- v0 (2025-10-20)
+++ v1 (2025-12-19)
@@ -607,191 +607,437 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE POITIERS-VENOURS</t>
   </si>
   <si>
     <t>LEGTA VENOURS</t>
   </si>
   <si>
     <t>VENOURS 86480 ROUILLE</t>
   </si>
   <si>
     <t>5486P001186</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MONTMORILLON</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE JEAN-MARIE BOULOUX</t>
   </si>
   <si>
     <t>CHATEAU RINGUET 24 RUE JULES FERRY 86500 MONTMORILLON</t>
   </si>
   <si>
     <t>5486P001586</t>
   </si>
   <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
     <t>ASSOCIATION MAISON FAMILLIALE GUGNECOURT</t>
   </si>
   <si>
     <t>265 GRANDE RUE 88600 GUGNECOURT</t>
   </si>
   <si>
     <t>16/07/1992</t>
   </si>
   <si>
     <t>AGUF VIVARAIS FORMATION</t>
   </si>
   <si>
     <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
   </si>
   <si>
     <t>29/09/1998</t>
   </si>
   <si>
+    <t>ISETA - ECA</t>
+  </si>
+  <si>
+    <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS DEP PROMOTION SOCIALE AGRIC AVEYRON</t>
+  </si>
+  <si>
+    <t>CARREFOUR DE L AGRICULTURE 5 BD DU 122 EME RI 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>12/09/1985</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
+  </si>
+  <si>
+    <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
+  </si>
+  <si>
+    <t>LYCEE D ENSEIGNEMENT AGRICOLE PRIVE POMMERIT</t>
+  </si>
+  <si>
+    <t>POMMERIT JAUDY CHEF DU BOIS 22450 LA ROCHE-JAUDY</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>POLE DE FORMATION LA VILLE DAVY</t>
+  </si>
+  <si>
+    <t>LA VILLE DAVY 22120 QUESSOY</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU LYCEE LES VERGERS</t>
+  </si>
+  <si>
+    <t>4 RUE DES MURETS 35120 DOL-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>20/07/1983</t>
+  </si>
+  <si>
+    <t>ASS CTRE FORMAT TECH AGRICOLE PROMOTION</t>
+  </si>
+  <si>
+    <t>L ABBAYE 35160 MONTFORT-SUR-MEU</t>
+  </si>
+  <si>
+    <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
+  </si>
+  <si>
+    <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU GROUPE LA TOUCHE</t>
+  </si>
+  <si>
+    <t>LA TOUCHE 56800 PLOERMEL</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL INST EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>33 BOULEVARD DE BELLEVUE 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>01/09/1994</t>
+  </si>
+  <si>
+    <t>O.G.E.C.GROUPE SCOLAIRE LASALLE</t>
+  </si>
+  <si>
+    <t>L.A.T.P. LASALLE LEVIER</t>
+  </si>
+  <si>
+    <t>1 PL ALEXIS ET NESTOR CRETIN 25270 LEVIER</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURAL EDUCAT ORIENTAT</t>
+  </si>
+  <si>
+    <t>LE LIEU JAY 03320 LIMOISE</t>
+  </si>
+  <si>
+    <t>ECOL AGRIC PRIVE MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>03470 SALIGNY-SUR-ROUDON</t>
+  </si>
+  <si>
+    <t>MAIS FAMIL RUR D'EDUCATION ET ORIENTATIO</t>
+  </si>
+  <si>
+    <t>ROUTE DE MASSALES 15100 SAINT-FLOUR</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT &amp; ORIENT</t>
+  </si>
+  <si>
+    <t>69930 SAINT-LAURENT-DE-CHAMOUSSET</t>
+  </si>
+  <si>
+    <t>ASS FAMIL GESTION ENSEIG AGRIC PRIVE</t>
+  </si>
+  <si>
+    <t>4 RUE DES ECOLES 51370 THILLOIS</t>
+  </si>
+  <si>
+    <t>MFR-CENTRE DE FORMATION MALTOT</t>
+  </si>
+  <si>
+    <t>LD LA FRANCE 14930 MALTOT</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE</t>
+  </si>
+  <si>
+    <t>1711 ROUTE DE LISIEUX 27500 TOURVILLE-SUR-PONT-AUDEMER</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
+  </si>
+  <si>
+    <t>121 RUE DES ROUTILS 50400 GRANVILLE</t>
+  </si>
+  <si>
+    <t>ORPHELINAT AGRICOLE DE GIEL</t>
+  </si>
+  <si>
+    <t>LES COURS 61210 GIEL-COURTEILLES</t>
+  </si>
+  <si>
+    <t>03/10/1986</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR DE FORMATION PAR ALTERNANCE - OF - CFA "INSTITUT RICHEMONT"</t>
+  </si>
+  <si>
+    <t>RICHEMONT 12 ROUTE DE L'ANCIEN SEMINAIRE 16370 VAL-DE-COGNAC</t>
+  </si>
+  <si>
+    <t>SEVREUROPE-MFR SEVREUROPE BRESSUIRE</t>
+  </si>
+  <si>
+    <t>22 RUE DE LA BARITAUDERIE 79300 BRESSUIRE</t>
+  </si>
+  <si>
+    <t>SYNDIC EXPLOIT.AGRICOLES DEVT TECHNIQUES</t>
+  </si>
+  <si>
+    <t>2 RUE CHARLES TELLIER 33140 VILLENAVE D ORNON</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>LYCEE ENSEIGNEMENT AGRC PRIVE FONTLONGUE</t>
+  </si>
+  <si>
+    <t>BOULEVARD THEODORE AUBANEL 13140 MIRAMAS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION LORRAINE POUR LA PROMOTION EN AGRICULTURE</t>
+  </si>
+  <si>
+    <t>2 LES NOIRES TERRES 54740 HAROUE</t>
+  </si>
+  <si>
+    <t>31/12/1987</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>INSTITUT SAINT ELOI</t>
+  </si>
+  <si>
+    <t>36 RUE MARCELLIN GAUDEFROY 62450 BAPAUME</t>
+  </si>
+  <si>
+    <t>ASS ENSEIG FOR PRF AGR BLAIN DERVAL</t>
+  </si>
+  <si>
+    <t>29 RUE DE RENNES 44590 DERVAL</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE CARQUEFOU</t>
+  </si>
+  <si>
+    <t>LA CHARMELIERE 44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>MFREO INSTITUT RURAL DES MAUGES</t>
+  </si>
+  <si>
+    <t>8 RUE DES CEDRES 49600 BEAUPREAU-EN-MAUGES</t>
+  </si>
+  <si>
+    <t>SYNDICAT ENSEIGNEMENT AGRIC POUILLE</t>
+  </si>
+  <si>
+    <t>POUILLE 49130 LES PONTS DE CE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION LA FUTAIE - LES TOUCHES</t>
+  </si>
+  <si>
+    <t>LA FUTAIE 53410 PORT-BRILLET</t>
+  </si>
+  <si>
+    <t>27/06/1985</t>
+  </si>
+  <si>
+    <t>LYCEE ENSEIGNE PROFESSION AGRICOLE PRIVE</t>
+  </si>
+  <si>
+    <t>RTE DE CAEN ROCHEFEUILLE 53100 MAYENNE</t>
+  </si>
+  <si>
+    <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
+  </si>
+  <si>
+    <t>ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
     <t>LYCEE AGRICOLE PRIVEE</t>
   </si>
   <si>
     <t>36700 SAINT-CYRAN-DU-JAMBOT</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE DU VAL DE MANSE</t>
   </si>
   <si>
     <t>10 ROUTE DE BROU 37800 NOYANT-DE-TOURAINE</t>
   </si>
   <si>
     <t>01/02/2019</t>
   </si>
   <si>
+    <t>LYCEE ROBERT SCHUMAN</t>
+  </si>
+  <si>
+    <t>LEAP ROBERT SCHUMAN 10 ROUTE D’UGNY 02300 CHAUNY</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
     <t>AFGEEAP</t>
   </si>
   <si>
     <t>VALS ST DOMINIQUE RUE DE LA ROCHE ARNAUD 43000 LE PUY-EN-VELAY</t>
   </si>
   <si>
-    <t>01/09/1994</t>
-[...4 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION</t>
   </si>
   <si>
     <t>54 BLANZEY 70220 FOUGEROLLES-SAINT-VALBERT</t>
   </si>
   <si>
     <t>01/09/1968</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION COQUERE</t>
   </si>
   <si>
     <t>COQUEREAUMONT 76690 SAINT-GEORGES-SUR-FONTAINE</t>
   </si>
   <si>
     <t>10/04/1969</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTR FORMATION TECHNICIENS AGRICOLES</t>
   </si>
   <si>
     <t>25 RUE PIERRE NEVEU 61410 LA FERTE MACE</t>
   </si>
   <si>
     <t>01/01/1988</t>
   </si>
   <si>
     <t>MFR-IREO LES HERBIERS</t>
   </si>
   <si>
     <t>14 RUE DE LA CHESNAIE 85500 LES HERBIERS</t>
   </si>
   <si>
     <t>25/11/2021</t>
   </si>
   <si>
     <t>ASS CATHOLIQUE ENSEIGNEMENT AGRICOLE FORMATION RURALE NANDAX</t>
   </si>
   <si>
-    <t>LYCEE AGRICOLE PRIVE</t>
-[...1 lines deleted...]
-  <si>
     <t>42720 NANDAX</t>
   </si>
   <si>
     <t>MFR IREO DE LESNEVEN</t>
   </si>
   <si>
     <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
   </si>
   <si>
     <t>FAMIL RURAL EDUC ORIENTAT ROLLANCOU</t>
   </si>
   <si>
     <t>62770 ROLLANCOURT</t>
   </si>
   <si>
     <t>ASS FORMA ACTION SOCIALE ECURIE COURSES</t>
   </si>
   <si>
     <t>CENTRE FORMATION APPRENTIS</t>
   </si>
   <si>
     <t>MME PIERRET FLORENCE DOMAINE DE GROSBOIS 94440 MAROLLES-EN-BRIE</t>
   </si>
   <si>
     <t>01/08/1997</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE PRIVE DE NERMONT</t>
   </si>
   <si>
     <t>2 RUE DE NERMONT 28200 LA CHAPELLE-DU-NOYER</t>
   </si>
   <si>
     <t>01/01/1980</t>
   </si>
   <si>
     <t>ENSEMBLE SCOLAIRE TERRE ET AVENIR</t>
   </si>
   <si>
     <t>22 AVENUE DE L'EUROPE 78200 MAGNANVILLE</t>
   </si>
   <si>
     <t>29/10/1980</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS FAMLIALE  GESTION</t>
   </si>
   <si>
     <t>LD TOUSCAYRATS 81110 VERDALLE</t>
   </si>
   <si>
     <t>01/09/1980</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DE PERIGUEUX</t>
   </si>
   <si>
     <t>20 RUE DE BEAULIEU 24000 PERIGUEUX</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DE LA PLAINE DES PALMISTES</t>
   </si>
   <si>
     <t>RUE ARZAL ADOLPHE 97431 LA PLAINE-DES-PALMISTES</t>
   </si>
   <si>
     <t>01/01/1984</t>
   </si>
   <si>
     <t>94.99Z</t>
@@ -821,296 +1067,50 @@
     <t>22/06/2023</t>
   </si>
   <si>
     <t>MAISON FAMILIALE</t>
   </si>
   <si>
     <t>64300 MONT</t>
   </si>
   <si>
     <t>26/02/1986</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DE FLIXECOURT</t>
   </si>
   <si>
     <t>28 RUE COURBET 80420 FLIXECOURT</t>
   </si>
   <si>
     <t>01/01/1985</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
   </si>
   <si>
     <t>LD LA COLOMBIERE 38160 CHATTE</t>
-  </si>
-[...244 lines deleted...]
-    <t>01/09/1996</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DES ECOLES DES SCIENCES DE LA VIE</t>
   </si>
   <si>
     <t>ROUTE DU MANS 72300 SABLE-SUR-SARTHE</t>
   </si>
   <si>
     <t>31/07/2009</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -3374,2221 +3374,2221 @@
       <c r="F49" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>196</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>38862894300010</v>
+        <v>34238263700011</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>199</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I50" s="3">
-        <v>41880029788</v>
+        <v>52490003849</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>38881118400026</v>
+        <v>38862894300010</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>201</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>202</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I51" s="3">
-        <v>82070016507</v>
+        <v>41880029788</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>77522173200016</v>
+        <v>38881118400026</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>204</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>205</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I52" s="3">
-        <v>24360077136</v>
+        <v>82070016507</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>77531640900033</v>
+        <v>77660306000018</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>207</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>208</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I53" s="3">
-        <v>24370312837</v>
+        <v>82740107174</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>41182875900018</v>
+        <v>77674303100028</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>209</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>211</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>212</v>
       </c>
       <c r="I54" s="3">
-        <v>83430024243</v>
+        <v>73120000712</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>41244868000014</v>
+        <v>77719323600018</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>212</v>
+        <v>33</v>
       </c>
       <c r="I55" s="3">
-        <v>43700023570</v>
+        <v>73810014281</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>41278335900018</v>
+        <v>77744124700015</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>41461021200014</v>
+        <v>77744425800019</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>222</v>
+        <v>208</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>219</v>
+        <v>33</v>
       </c>
       <c r="I57" s="3">
-        <v>25610010561</v>
+        <v>53220930122</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>30256516300011</v>
+        <v>77767502600028</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I58" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>30284262000023</v>
+        <v>77770840500017</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>64</v>
+        <v>208</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I59" s="3"/>
+      <c r="I59" s="3">
+        <v>53350007335</v>
+      </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>30754662200019</v>
+        <v>77774619900010</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I60" s="3">
-        <v>53290326929</v>
+        <v>53350117135</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>30761630000017</v>
+        <v>77786612000010</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="3">
-        <v>31620049862</v>
+        <v>53561030556</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>31804341100160</v>
+        <v>77824598500024</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>33</v>
+        <v>165</v>
       </c>
       <c r="I62" s="3">
-        <v>22600245060</v>
+        <v>26210055021</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>31968154000013</v>
+        <v>77832039000017</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>232</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>233</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>239</v>
+        <v>208</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I63" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>32020453000028</v>
+        <v>77901965200014</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>242</v>
+        <v>208</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="I64" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I64" s="3">
+        <v>83030347903</v>
+      </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>32252224400019</v>
+        <v>77905162200016</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>246</v>
+        <v>208</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I65" s="3">
-        <v>73810074281</v>
+        <v>83030335203</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>32274692600011</v>
+        <v>77910548500014</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>246</v>
+        <v>208</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I66" s="3">
-        <v>72240025424</v>
+        <v>83150293115</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>32666262400039</v>
+        <v>77973955600016</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>251</v>
+        <v>208</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>33</v>
+      </c>
+      <c r="I67" s="3">
+        <v>82691178769</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>33453366800011</v>
+        <v>78044047500017</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>254</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>256</v>
+        <v>208</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I68" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I68" s="3"/>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>33465213800010</v>
+        <v>78074754900019</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>257</v>
+        <v>245</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>33</v>
+        <v>165</v>
       </c>
       <c r="I69" s="3">
-        <v>27210375821</v>
+        <v>25140002614</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>33487339500019</v>
+        <v>78084963400016</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>262</v>
+        <v>248</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>263</v>
+        <v>208</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I70" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I70" s="3"/>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>33522090100011</v>
+        <v>78088761800012</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>264</v>
+        <v>249</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>265</v>
+        <v>250</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>266</v>
+        <v>208</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>33</v>
+        <v>165</v>
       </c>
       <c r="I71" s="3">
-        <v>22800046680</v>
+        <v>25500012450</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>33532344000016</v>
+        <v>78095858300020</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>268</v>
+        <v>252</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>64</v>
+        <v>253</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I72" s="3">
-        <v>82380520538</v>
+        <v>25610007561</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>34238263700011</v>
+        <v>78119478200012</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>269</v>
+        <v>254</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>271</v>
+        <v>208</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I73" s="3">
-        <v>52490003849</v>
+        <v>54160018516</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>77660306000018</v>
+        <v>78141312500019</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>273</v>
+        <v>257</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I74" s="3">
-        <v>82740107174</v>
+        <v>54790026479</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>77674303100028</v>
+        <v>78189700400037</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>274</v>
+        <v>258</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>275</v>
+        <v>259</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="G75" s="2"/>
+        <v>260</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>261</v>
+      </c>
       <c r="H75" s="2" t="s">
-        <v>243</v>
+        <v>29</v>
       </c>
       <c r="I75" s="3">
-        <v>73120000712</v>
+        <v>72330733833</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>77719323600018</v>
+        <v>78274968300010</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>277</v>
+        <v>262</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>278</v>
+        <v>263</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I76" s="3">
-        <v>73810014281</v>
+        <v>93131473813</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>77744124700015</v>
+        <v>78334630700037</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>279</v>
+        <v>264</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>280</v>
+        <v>265</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>205</v>
+        <v>266</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="I77" s="3"/>
+        <v>267</v>
+      </c>
+      <c r="I77" s="3">
+        <v>41540039554</v>
+      </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>77744425800019</v>
+        <v>78362626000013</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>281</v>
+        <v>268</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>282</v>
+        <v>269</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>33</v>
+        <v>165</v>
       </c>
       <c r="I78" s="3">
-        <v>53220930122</v>
+        <v>31590008059</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>77767502600028</v>
+        <v>78392259400016</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>285</v>
+        <v>208</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I79" s="3"/>
+      <c r="I79" s="3">
+        <v>32620323862</v>
+      </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>77770840500017</v>
+        <v>78595022100016</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>286</v>
+        <v>272</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I80" s="3">
-        <v>53350007335</v>
+        <v>52440637244</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>77774619900010</v>
+        <v>78602926400029</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>288</v>
+        <v>274</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>289</v>
+        <v>275</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>205</v>
+        <v>276</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="3">
-        <v>53350117135</v>
+        <v>52440072844</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>77786612000010</v>
+        <v>78612761300010</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>290</v>
+        <v>277</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>291</v>
+        <v>278</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I82" s="3">
-        <v>53561030556</v>
+        <v>52490276449</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>77824598500024</v>
+        <v>78618852400015</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>292</v>
+        <v>279</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>293</v>
+        <v>280</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>165</v>
+        <v>33</v>
       </c>
       <c r="I83" s="3">
-        <v>26210055021</v>
+        <v>52490100849</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>77832039000017</v>
+        <v>78625629700023</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>294</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>296</v>
+        <v>282</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>205</v>
+        <v>283</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I84" s="3"/>
+        <v>212</v>
+      </c>
+      <c r="I84" s="3">
+        <v>52530007953</v>
+      </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>77901965200014</v>
+        <v>78626209700011</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>297</v>
+        <v>284</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I85" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I85" s="3"/>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>77905162200016</v>
+        <v>78644691400016</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I86" s="3">
-        <v>83030335203</v>
+        <v>52850007685</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>77910548500014</v>
+        <v>77522173200016</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>301</v>
+        <v>288</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="3">
-        <v>83150293115</v>
+        <v>24360077136</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>77973955600016</v>
+        <v>77531640900033</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>205</v>
+        <v>292</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="3">
-        <v>82691178769</v>
+        <v>24370312837</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>78044047500017</v>
+        <v>40861705800016</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>305</v>
+        <v>293</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>306</v>
+        <v>294</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>205</v>
+        <v>295</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I89" s="3"/>
+      <c r="I89" s="3">
+        <v>22020059502</v>
+      </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>78074754900019</v>
+        <v>41182875900018</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>307</v>
+        <v>296</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>308</v>
+        <v>297</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>205</v>
+        <v>231</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>165</v>
+        <v>217</v>
       </c>
       <c r="I90" s="3">
-        <v>25140002614</v>
+        <v>83430024243</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>78084963400016</v>
+        <v>41244868000014</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>227</v>
+        <v>298</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>205</v>
+        <v>300</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I91" s="3"/>
+        <v>217</v>
+      </c>
+      <c r="I91" s="3">
+        <v>43700023570</v>
+      </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>78088761800012</v>
+        <v>41278335900018</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>310</v>
+        <v>301</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>205</v>
+        <v>303</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>165</v>
+        <v>267</v>
       </c>
       <c r="I92" s="3">
-        <v>25500012450</v>
+        <v>23760002976</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>78095858300020</v>
+        <v>41461021200014</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>33</v>
+        <v>267</v>
       </c>
       <c r="I93" s="3">
-        <v>25610007561</v>
+        <v>25610010561</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>78119478200012</v>
+        <v>30256516300011</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="G94" s="2"/>
+        <v>208</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>309</v>
+      </c>
       <c r="H94" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="3">
-        <v>54160018516</v>
+        <v>52850044785</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>78141312500019</v>
+        <v>30284262000023</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="D95" s="2"/>
+        <v>310</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>247</v>
+      </c>
       <c r="E95" s="2" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>205</v>
+        <v>64</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I95" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I95" s="3"/>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>78189700400037</v>
+        <v>30754662200019</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="I96" s="3">
-        <v>72330733833</v>
+        <v>53290326929</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>78274968300010</v>
+        <v>30761630000017</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I97" s="3">
-        <v>93131473813</v>
+        <v>31620049862</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>78334630700037</v>
+        <v>31804341100160</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="D98" s="2"/>
+        <v>316</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>317</v>
+      </c>
       <c r="E98" s="2" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>219</v>
+        <v>33</v>
       </c>
       <c r="I98" s="3">
-        <v>41540039554</v>
+        <v>22600245060</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>78362626000013</v>
+        <v>31968154000013</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>205</v>
+        <v>322</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>165</v>
+        <v>33</v>
       </c>
       <c r="I99" s="3">
-        <v>31590008059</v>
+        <v>24280033228</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>78392259400016</v>
+        <v>32020453000028</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>205</v>
+        <v>325</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="I100" s="3"/>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>78595022100016</v>
+        <v>32252224400019</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>205</v>
+        <v>328</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I101" s="3">
-        <v>52440637244</v>
+        <v>73810074281</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>78602926400029</v>
+        <v>32274692600011</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I102" s="3">
-        <v>52440072844</v>
+        <v>72240025424</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>78612761300010</v>
+        <v>32666262400039</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>205</v>
+        <v>333</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>52490276449</v>
+        <v>334</v>
+      </c>
+      <c r="I103" s="3" t="s">
+        <v>335</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>78618852400015</v>
+        <v>33453366800011</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="D104" s="2"/>
+        <v>336</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>336</v>
+      </c>
       <c r="E104" s="2" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>205</v>
+        <v>338</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I104" s="3">
-        <v>52490100849</v>
+        <v>84740369874</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>78625629700023</v>
+        <v>33465213800010</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="G105" s="2" t="s">
         <v>342</v>
       </c>
-      <c r="F105" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="I105" s="3">
-        <v>52530007953</v>
+        <v>27210375821</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>78626209700011</v>
+        <v>33487339500019</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="F106" s="2" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I106" s="3"/>
+      <c r="I106" s="3">
+        <v>72640309164</v>
+      </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>78644691400016</v>
+        <v>33522090100011</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>346</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
         <v>347</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>205</v>
+        <v>348</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I107" s="3">
-        <v>52850007685</v>
+        <v>22800046680</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>40861705800016</v>
+        <v>33532344000016</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>350</v>
+        <v>64</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I108" s="3">
-        <v>22020059502</v>
+        <v>82380520538</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
         <v>51441531400012</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>351</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
         <v>352</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>353</v>
       </c>
@@ -5644,31 +5644,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 22:50:05</dc:description>
+  <dc:description>Export en date du 12/19/2025 17:19:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>