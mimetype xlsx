--- v1 (2025-12-19)
+++ v2 (2026-02-04)
@@ -607,203 +607,404 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE POITIERS-VENOURS</t>
   </si>
   <si>
     <t>LEGTA VENOURS</t>
   </si>
   <si>
     <t>VENOURS 86480 ROUILLE</t>
   </si>
   <si>
     <t>5486P001186</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MONTMORILLON</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE JEAN-MARIE BOULOUX</t>
   </si>
   <si>
     <t>CHATEAU RINGUET 24 RUE JULES FERRY 86500 MONTMORILLON</t>
   </si>
   <si>
     <t>5486P001586</t>
   </si>
   <si>
+    <t>MFR-IREO LES HERBIERS</t>
+  </si>
+  <si>
+    <t>14 RUE DE LA CHESNAIE 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>25/11/2021</t>
+  </si>
+  <si>
+    <t>ASS CATHOLIQUE ENSEIGNEMENT AGRICOLE FORMATION RURALE NANDAX</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE</t>
+  </si>
+  <si>
+    <t>42720 NANDAX</t>
+  </si>
+  <si>
+    <t>MFR IREO DE LESNEVEN</t>
+  </si>
+  <si>
+    <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
+  </si>
+  <si>
+    <t>FAMIL RURAL EDUC ORIENTAT ROLLANCOU</t>
+  </si>
+  <si>
+    <t>62770 ROLLANCOURT</t>
+  </si>
+  <si>
+    <t>ASS FORMA ACTION SOCIALE ECURIE COURSES</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION APPRENTIS</t>
+  </si>
+  <si>
+    <t>MME PIERRET FLORENCE DOMAINE DE GROSBOIS 94440 MAROLLES-EN-BRIE</t>
+  </si>
+  <si>
+    <t>01/08/1997</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE DE NERMONT</t>
+  </si>
+  <si>
+    <t>2 RUE DE NERMONT 28200 LA CHAPELLE-DU-NOYER</t>
+  </si>
+  <si>
+    <t>01/01/1980</t>
+  </si>
+  <si>
+    <t>ENSEMBLE SCOLAIRE TERRE ET AVENIR</t>
+  </si>
+  <si>
+    <t>22 AVENUE DE L'EUROPE 78200 MAGNANVILLE</t>
+  </si>
+  <si>
+    <t>29/10/1980</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASS FAMLIALE  GESTION</t>
+  </si>
+  <si>
+    <t>LD TOUSCAYRATS 81110 VERDALLE</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE PERIGUEUX</t>
+  </si>
+  <si>
+    <t>20 RUE DE BEAULIEU 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE LA PLAINE DES PALMISTES</t>
+  </si>
+  <si>
+    <t>RUE ARZAL ADOLPHE 97431 LA PLAINE-DES-PALMISTES</t>
+  </si>
+  <si>
+    <t>01/01/1984</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>04973262997</t>
+  </si>
+  <si>
+    <t>CFA MFR LES DRONIERES</t>
+  </si>
+  <si>
+    <t>826 ROUTE DES DRONIERES 74350 CRUSEILLES</t>
+  </si>
+  <si>
+    <t>24/01/1986</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT.ORIENTAT.</t>
+  </si>
+  <si>
+    <t>21430 LIERNAIS</t>
+  </si>
+  <si>
+    <t>05/02/1986</t>
+  </si>
+  <si>
+    <t>22/06/2023</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE</t>
+  </si>
+  <si>
+    <t>64300 MONT</t>
+  </si>
+  <si>
+    <t>26/02/1986</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE FLIXECOURT</t>
+  </si>
+  <si>
+    <t>28 RUE COURBET 80420 FLIXECOURT</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>LD LA COLOMBIERE 38160 CHATTE</t>
+  </si>
+  <si>
     <t>ASSOCIATION GROUPE ESA</t>
   </si>
   <si>
     <t>55 RUE RABELAIS 49000 ANGERS</t>
   </si>
   <si>
     <t>18/06/1987</t>
   </si>
   <si>
     <t>ASSOCIATION MAISON FAMILLIALE GUGNECOURT</t>
   </si>
   <si>
     <t>265 GRANDE RUE 88600 GUGNECOURT</t>
   </si>
   <si>
     <t>16/07/1992</t>
   </si>
   <si>
     <t>AGUF VIVARAIS FORMATION</t>
   </si>
   <si>
     <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
   </si>
   <si>
     <t>29/09/1998</t>
   </si>
   <si>
+    <t>LYCEE ROBERT SCHUMAN</t>
+  </si>
+  <si>
+    <t>LEAP ROBERT SCHUMAN 10 ROUTE D’UGNY 02300 CHAUNY</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>AFGEEAP</t>
+  </si>
+  <si>
+    <t>VALS ST DOMINIQUE RUE DE LA ROCHE ARNAUD 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>01/09/1994</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION</t>
+  </si>
+  <si>
+    <t>54 BLANZEY 70220 FOUGEROLLES-SAINT-VALBERT</t>
+  </si>
+  <si>
+    <t>01/09/1968</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION COQUERE</t>
+  </si>
+  <si>
+    <t>COQUEREAUMONT 76690 SAINT-GEORGES-SUR-FONTAINE</t>
+  </si>
+  <si>
+    <t>10/04/1969</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>CENTR FORMATION TECHNICIENS AGRICOLES</t>
+  </si>
+  <si>
+    <t>25 RUE PIERRE NEVEU 61410 LA FERTE MACE</t>
+  </si>
+  <si>
+    <t>01/01/1988</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DES ECOLES DES SCIENCES DE LA VIE</t>
+  </si>
+  <si>
+    <t>ROUTE DU MANS 72300 SABLE-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>31/07/2009</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVEE</t>
+  </si>
+  <si>
+    <t>36700 SAINT-CYRAN-DU-JAMBOT</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU VAL DE MANSE</t>
+  </si>
+  <si>
+    <t>10 ROUTE DE BROU 37800 NOYANT-DE-TOURAINE</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS DEP PROMOTION SOCIALE AGRIC AVEYRON</t>
   </si>
   <si>
     <t>CARREFOUR DE L AGRICULTURE 5 BD DU 122 EME RI 12000 RODEZ</t>
   </si>
   <si>
     <t>12/09/1985</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
   </si>
   <si>
     <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
   </si>
   <si>
     <t>LYCEE D ENSEIGNEMENT AGRICOLE PRIVE POMMERIT</t>
   </si>
   <si>
     <t>POMMERIT JAUDY CHEF DU BOIS 22450 LA ROCHE-JAUDY</t>
   </si>
   <si>
-    <t>94.12Z</t>
-[...1 lines deleted...]
-  <si>
     <t>POLE DE FORMATION LA VILLE DAVY</t>
   </si>
   <si>
     <t>LA VILLE DAVY 22120 QUESSOY</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU LYCEE LES VERGERS</t>
   </si>
   <si>
     <t>4 RUE DES MURETS 35120 DOL-DE-BRETAGNE</t>
   </si>
   <si>
     <t>20/07/1983</t>
   </si>
   <si>
     <t>ASS CTRE FORMAT TECH AGRICOLE PROMOTION</t>
   </si>
   <si>
     <t>L ABBAYE 35160 MONTFORT-SUR-MEU</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
   </si>
   <si>
     <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU GROUPE LA TOUCHE</t>
   </si>
   <si>
     <t>LA TOUCHE 56800 PLOERMEL</t>
   </si>
   <si>
     <t>MAISON FAMIL INST EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>33 BOULEVARD DE BELLEVUE 21800 QUETIGNY</t>
   </si>
   <si>
-    <t>01/09/1994</t>
-[...1 lines deleted...]
-  <si>
     <t>O.G.E.C.GROUPE SCOLAIRE LASALLE</t>
   </si>
   <si>
     <t>L.A.T.P. LASALLE LEVIER</t>
   </si>
   <si>
     <t>1 PL ALEXIS ET NESTOR CRETIN 25270 LEVIER</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURAL EDUCAT ORIENTAT</t>
   </si>
   <si>
     <t>LE LIEU JAY 03320 LIMOISE</t>
   </si>
   <si>
     <t>ECOL AGRIC PRIVE MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>03470 SALIGNY-SUR-ROUDON</t>
   </si>
   <si>
     <t>MAIS FAMIL RUR D'EDUCATION ET ORIENTATIO</t>
   </si>
   <si>
     <t>ROUTE DE MASSALES 15100 SAINT-FLOUR</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCAT &amp; ORIENT</t>
   </si>
   <si>
     <t>69930 SAINT-LAURENT-DE-CHAMOUSSET</t>
   </si>
   <si>
     <t>ASS FAMIL GESTION ENSEIG AGRIC PRIVE</t>
   </si>
   <si>
     <t>4 RUE DES ECOLES 51370 THILLOIS</t>
   </si>
   <si>
     <t>MFR-CENTRE DE FORMATION MALTOT</t>
   </si>
   <si>
     <t>LD LA FRANCE 14930 MALTOT</t>
   </si>
   <si>
-    <t>LYCEE AGRICOLE PRIVE</t>
-[...1 lines deleted...]
-  <si>
     <t>1711 ROUTE DE LISIEUX 27500 TOURVILLE-SUR-PONT-AUDEMER</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
   </si>
   <si>
     <t>121 RUE DES ROUTILS 50400 GRANVILLE</t>
   </si>
   <si>
     <t>ORPHELINAT AGRICOLE DE GIEL</t>
   </si>
   <si>
     <t>LES COURS 61210 GIEL-COURTEILLES</t>
   </si>
   <si>
     <t>03/10/1986</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR DE FORMATION PAR ALTERNANCE - OF - CFA "INSTITUT RICHEMONT"</t>
   </si>
   <si>
     <t>RICHEMONT 12 ROUTE DE L'ANCIEN SEMINAIRE 16370 VAL-DE-COGNAC</t>
   </si>
   <si>
     <t>SEVREUROPE-MFR SEVREUROPE BRESSUIRE</t>
@@ -817,53 +1018,50 @@
   <si>
     <t>2 RUE CHARLES TELLIER 33140 VILLENAVE D ORNON</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>LYCEE ENSEIGNEMENT AGRC PRIVE FONTLONGUE</t>
   </si>
   <si>
     <t>BOULEVARD THEODORE AUBANEL 13140 MIRAMAS</t>
   </si>
   <si>
     <t>ASSOCIATION LORRAINE POUR LA PROMOTION EN AGRICULTURE</t>
   </si>
   <si>
     <t>2 LES NOIRES TERRES 54740 HAROUE</t>
   </si>
   <si>
     <t>31/12/1987</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>INSTITUT SAINT ELOI</t>
   </si>
   <si>
     <t>36 RUE MARCELLIN GAUDEFROY 62450 BAPAUME</t>
   </si>
   <si>
     <t>ASS ENSEIG FOR PRF AGR BLAIN DERVAL</t>
   </si>
   <si>
     <t>29 RUE DE RENNES 44590 DERVAL</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE CARQUEFOU</t>
   </si>
   <si>
     <t>LA CHARMELIERE 44470 CARQUEFOU</t>
   </si>
   <si>
     <t>01/09/1993</t>
@@ -878,248 +1076,50 @@
     <t>SYNDICAT ENSEIGNEMENT AGRIC POUILLE</t>
   </si>
   <si>
     <t>POUILLE 49130 LES PONTS DE CE</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION LA FUTAIE - LES TOUCHES</t>
   </si>
   <si>
     <t>LA FUTAIE 53410 PORT-BRILLET</t>
   </si>
   <si>
     <t>27/06/1985</t>
   </si>
   <si>
     <t>LYCEE ENSEIGNE PROFESSION AGRICOLE PRIVE</t>
   </si>
   <si>
     <t>RTE DE CAEN ROCHEFEUILLE 53100 MAYENNE</t>
   </si>
   <si>
     <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
   </si>
   <si>
     <t>ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
-  </si>
-[...196 lines deleted...]
-    <t>31/07/2009</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -3374,2261 +3374,2261 @@
       <c r="F49" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>196</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>34238263700011</v>
+        <v>30256516300011</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="G50" s="2"/>
+      <c r="G50" s="2" t="s">
+        <v>200</v>
+      </c>
       <c r="H50" s="2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I50" s="3">
-        <v>52490003849</v>
+        <v>52850044785</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>38862894300010</v>
+        <v>30284262000023</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="D51" s="2"/>
+        <v>201</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>202</v>
+      </c>
       <c r="E51" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>202</v>
+        <v>64</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I51" s="3"/>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>38881118400026</v>
+        <v>30754662200019</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I52" s="3">
-        <v>82070016507</v>
+        <v>53290326929</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>77660306000018</v>
+        <v>30761630000017</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>207</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I53" s="3">
-        <v>82740107174</v>
+        <v>31620049862</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>77674303100028</v>
+        <v>31804341100160</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="D54" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>211</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>212</v>
+        <v>33</v>
       </c>
       <c r="I54" s="3">
-        <v>73120000712</v>
+        <v>22600245060</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>77719323600018</v>
+        <v>31968154000013</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I55" s="3">
-        <v>73810014281</v>
+        <v>24280033228</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>77744124700015</v>
+        <v>32020453000028</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>216</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>77744425800019</v>
+        <v>32252224400019</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I57" s="3">
-        <v>53220930122</v>
+        <v>73810074281</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>77767502600028</v>
+        <v>32274692600011</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I58" s="3"/>
+      <c r="I58" s="3">
+        <v>72240025424</v>
+      </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>77770840500017</v>
+        <v>32666262400039</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>208</v>
+        <v>226</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>53350007335</v>
+        <v>227</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>228</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>77774619900010</v>
+        <v>33453366800011</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+        <v>229</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>229</v>
+      </c>
       <c r="E60" s="2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>208</v>
+        <v>231</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I60" s="3">
-        <v>53350117135</v>
+        <v>84740369874</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>77786612000010</v>
+        <v>33465213800010</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="G61" s="2"/>
+        <v>234</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>235</v>
+      </c>
       <c r="H61" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="3">
-        <v>53561030556</v>
+        <v>27210375821</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>77824598500024</v>
+        <v>33487339500019</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>165</v>
+        <v>33</v>
       </c>
       <c r="I62" s="3">
-        <v>26210055021</v>
+        <v>72640309164</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>77832039000017</v>
+        <v>33522090100011</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>239</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>208</v>
+        <v>241</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I63" s="3"/>
+      <c r="I63" s="3">
+        <v>22800046680</v>
+      </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>77901965200014</v>
+        <v>33532344000016</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>208</v>
+        <v>64</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I64" s="3">
-        <v>83030347903</v>
+        <v>82380520538</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>77905162200016</v>
+        <v>34238263700011</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>208</v>
+        <v>246</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I65" s="3">
-        <v>83030335203</v>
+        <v>52490003849</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>77910548500014</v>
+        <v>38862894300010</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>208</v>
+        <v>249</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I66" s="3">
-        <v>83150293115</v>
+        <v>41880029788</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>77973955600016</v>
+        <v>38881118400026</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>208</v>
+        <v>252</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I67" s="3">
-        <v>82691178769</v>
+        <v>82070016507</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78044047500017</v>
+        <v>40861705800016</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>208</v>
+        <v>255</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I68" s="3"/>
+      <c r="I68" s="3">
+        <v>22020059502</v>
+      </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78074754900019</v>
+        <v>41182875900018</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>165</v>
+        <v>259</v>
       </c>
       <c r="I69" s="3">
-        <v>25140002614</v>
+        <v>83430024243</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>78084963400016</v>
+        <v>41244868000014</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>247</v>
+        <v>260</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>248</v>
+        <v>261</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>208</v>
+        <v>262</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I70" s="3"/>
+        <v>259</v>
+      </c>
+      <c r="I70" s="3">
+        <v>43700023570</v>
+      </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>78088761800012</v>
+        <v>41278335900018</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>249</v>
+        <v>263</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>250</v>
+        <v>264</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>208</v>
+        <v>265</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>165</v>
+        <v>266</v>
       </c>
       <c r="I71" s="3">
-        <v>25500012450</v>
+        <v>23760002976</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>78095858300020</v>
+        <v>41461021200014</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>251</v>
+        <v>267</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>33</v>
+        <v>266</v>
       </c>
       <c r="I72" s="3">
-        <v>25610007561</v>
+        <v>25610010561</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>78119478200012</v>
+        <v>51441531400012</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>208</v>
+        <v>272</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="3">
-        <v>54160018516</v>
+        <v>52720165172</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>78141312500019</v>
+        <v>77522173200016</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>256</v>
+        <v>273</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>257</v>
+        <v>274</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I74" s="3">
-        <v>54790026479</v>
+        <v>24360077136</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>78189700400037</v>
+        <v>77531640900033</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="I75" s="3">
-        <v>72330733833</v>
+        <v>24370312837</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>78274968300010</v>
+        <v>77660306000018</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>262</v>
+        <v>278</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>263</v>
+        <v>279</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I76" s="3">
-        <v>93131473813</v>
+        <v>82740107174</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>78334630700037</v>
+        <v>77674303100028</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>264</v>
+        <v>280</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>265</v>
+        <v>281</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>266</v>
+        <v>282</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>267</v>
+        <v>218</v>
       </c>
       <c r="I77" s="3">
-        <v>41540039554</v>
+        <v>73120000712</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>78362626000013</v>
+        <v>77719323600018</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>268</v>
+        <v>283</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>165</v>
+        <v>33</v>
       </c>
       <c r="I78" s="3">
-        <v>31590008059</v>
+        <v>73810014281</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>78392259400016</v>
+        <v>77744124700015</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>270</v>
+        <v>285</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>271</v>
+        <v>286</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="I79" s="3"/>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>78595022100016</v>
+        <v>77744425800019</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I80" s="3">
-        <v>52440637244</v>
+        <v>53220930122</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>78602926400029</v>
+        <v>77767502600028</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>276</v>
+        <v>291</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I81" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I81" s="3"/>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>78612761300010</v>
+        <v>77770840500017</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>277</v>
+        <v>292</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>278</v>
+        <v>293</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I82" s="3">
-        <v>52490276449</v>
+        <v>53350007335</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>78618852400015</v>
+        <v>77774619900010</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>279</v>
+        <v>294</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>280</v>
+        <v>295</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I83" s="3">
-        <v>52490100849</v>
+        <v>53350117135</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>78625629700023</v>
+        <v>77786612000010</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>283</v>
+        <v>199</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>212</v>
+        <v>33</v>
       </c>
       <c r="I84" s="3">
-        <v>52530007953</v>
+        <v>53561030556</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>78626209700011</v>
+        <v>77824598500024</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>284</v>
+        <v>298</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I85" s="3"/>
+        <v>165</v>
+      </c>
+      <c r="I85" s="3">
+        <v>26210055021</v>
+      </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>78644691400016</v>
+        <v>77832039000017</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="D86" s="2"/>
+        <v>300</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>301</v>
+      </c>
       <c r="E86" s="2" t="s">
-        <v>287</v>
+        <v>302</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I86" s="3"/>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>77522173200016</v>
+        <v>77901965200014</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="3">
-        <v>24360077136</v>
+        <v>83030347903</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>77531640900033</v>
+        <v>77905162200016</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>290</v>
+        <v>305</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>291</v>
+        <v>306</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>292</v>
+        <v>199</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="3">
-        <v>24370312837</v>
+        <v>83030335203</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>40861705800016</v>
+        <v>77910548500014</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>295</v>
+        <v>199</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="3">
-        <v>22020059502</v>
+        <v>83150293115</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>41182875900018</v>
+        <v>77973955600016</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>231</v>
+        <v>199</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>217</v>
+        <v>33</v>
       </c>
       <c r="I90" s="3">
-        <v>83430024243</v>
+        <v>82691178769</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>41244868000014</v>
+        <v>78044047500017</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>300</v>
+        <v>199</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I91" s="3"/>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>41278335900018</v>
+        <v>78074754900019</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>303</v>
+        <v>199</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>267</v>
+        <v>165</v>
       </c>
       <c r="I92" s="3">
-        <v>23760002976</v>
+        <v>25140002614</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>41461021200014</v>
+        <v>78084963400016</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>304</v>
+        <v>202</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>306</v>
+        <v>199</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I93" s="3"/>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>30256516300011</v>
+        <v>78088761800012</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>33</v>
+        <v>165</v>
       </c>
       <c r="I94" s="3">
-        <v>52850044785</v>
+        <v>25500012450</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>30284262000023</v>
+        <v>78095858300020</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>64</v>
+        <v>320</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I95" s="3"/>
+      <c r="I95" s="3">
+        <v>25610007561</v>
+      </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>30754662200019</v>
+        <v>78119478200012</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="3">
-        <v>53290326929</v>
+        <v>54160018516</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>30761630000017</v>
+        <v>78141312500019</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I97" s="3">
-        <v>31620049862</v>
+        <v>54790026479</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>31804341100160</v>
+        <v>78189700400037</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="G98" s="2"/>
+        <v>327</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>328</v>
+      </c>
       <c r="H98" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I98" s="3">
-        <v>22600245060</v>
+        <v>72330733833</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>31968154000013</v>
+        <v>78274968300010</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>322</v>
+        <v>199</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="3">
-        <v>24280033228</v>
+        <v>93131473813</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>32020453000028</v>
+        <v>78334630700037</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="I100" s="3"/>
+        <v>266</v>
+      </c>
+      <c r="I100" s="3">
+        <v>41540039554</v>
+      </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>32252224400019</v>
+        <v>78362626000013</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>328</v>
+        <v>199</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>33</v>
+        <v>165</v>
       </c>
       <c r="I101" s="3">
-        <v>73810074281</v>
+        <v>31590008059</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>32274692600011</v>
+        <v>78392259400016</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>328</v>
+        <v>199</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I102" s="3">
-        <v>72240025424</v>
+        <v>32620323862</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>32666262400039</v>
+        <v>78595022100016</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>333</v>
+        <v>199</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>33</v>
+      </c>
+      <c r="I103" s="3">
+        <v>52440637244</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>33453366800011</v>
+        <v>78602926400029</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I104" s="3">
-        <v>84740369874</v>
+        <v>52440072844</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>33465213800010</v>
+        <v>78612761300010</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>341</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="3">
-        <v>27210375821</v>
+        <v>52490276449</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>33487339500019</v>
+        <v>78618852400015</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>345</v>
+        <v>199</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="3">
-        <v>72640309164</v>
+        <v>52490100849</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>33522090100011</v>
+        <v>78625629700023</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="I107" s="3">
-        <v>22800046680</v>
+        <v>52530007953</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>33532344000016</v>
+        <v>78626209700011</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>64</v>
+        <v>199</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I108" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I108" s="3"/>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>51441531400012</v>
+        <v>78644691400016</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>353</v>
+        <v>199</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I109" s="3">
-        <v>52720165172</v>
+        <v>52850007685</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -5644,31 +5644,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 17:19:45</dc:description>
+  <dc:description>Export en date du 02/04/2026 02:53:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>