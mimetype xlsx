--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -3395,53 +3395,51 @@
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>30256516300011</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>199</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>200</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I50" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I50" s="3"/>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>30284262000023</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>202</v>
@@ -3806,53 +3804,51 @@
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>33465213800010</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>234</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>235</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I61" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I61" s="3"/>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>33487339500019</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
@@ -5169,53 +5165,51 @@
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
         <v>78189700400037</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>325</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
         <v>326</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>327</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>328</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I98" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I98" s="3"/>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
         <v>78274968300010</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>329</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
@@ -5644,31 +5638,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/04/2026 02:53:49</dc:description>
+  <dc:description>Export en date du 03/21/2026 18:20:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>