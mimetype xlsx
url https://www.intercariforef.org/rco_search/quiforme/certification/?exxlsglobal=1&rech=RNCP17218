--- v0 (2025-10-13)
+++ v1 (2026-01-23)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE L'AGRICULTURE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
   </si>
   <si>
     <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE DEP D'AGRICULTURE DE L'AISNE</t>
   </si>
   <si>
     <t>UFA CENTRE DE FORMATION</t>
   </si>
   <si>
     <t>5 RUE DES MINIMES 02000 LAON</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
@@ -664,147 +664,147 @@
   <si>
     <t>EPLEFPA FORMA'TERRA</t>
   </si>
   <si>
     <t>LEGTA EMILE BOYER DE LA GIRODAY</t>
   </si>
   <si>
     <t>165 ROUTE DE MAFATE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>ECOLE DU BREUIL</t>
   </si>
   <si>
     <t>BOIS DE VINCENNES ROUTE DE LA FERME 75012 PARIS</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>84.13Z</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE CHESSY</t>
+  </si>
+  <si>
+    <t>LE BOURG 68 AVENUE DE LA GARE 69380 CHESSY</t>
+  </si>
+  <si>
+    <t>01/10/1996</t>
+  </si>
+  <si>
+    <t>ASSO RESPONSABLE DU LYCEE ST ILAN -FLORILAN</t>
+  </si>
+  <si>
+    <t>52 RUE DE SAINT-ILAN 22360 LANGUEUX</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CENT.AGRICOL.INTERCOMMUNAL MIXTE</t>
+  </si>
+  <si>
+    <t>ROUTE DE PEZENAS 34150 GIGNAC</t>
+  </si>
+  <si>
+    <t>01/01/1979</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FONDATION DU BOCAGE</t>
+  </si>
+  <si>
+    <t>339 RUE COSTA DE BEAUREGARD 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>01/01/1982</t>
+  </si>
+  <si>
+    <t>87.90A</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>1154 ROUTE DES ALLUAZ 74380 BONNE</t>
+  </si>
+  <si>
+    <t>14/11/1984</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
+  </si>
+  <si>
+    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION FAMILIALLE DE GESTION</t>
   </si>
   <si>
     <t>KERPLOUZE 56400 AURAY</t>
   </si>
   <si>
     <t>01/01/1957</t>
   </si>
   <si>
     <t>OGEC AEP HAZPARNE</t>
   </si>
   <si>
     <t>1 ROUTE DES MISSIONNAIRES 64240 HASPARREN</t>
   </si>
   <si>
     <t>01/09/1996</t>
   </si>
   <si>
     <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
   </si>
   <si>
     <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
   </si>
   <si>
     <t>07/06/1945</t>
-  </si>
-[...70 lines deleted...]
-    <t>85.42Z</t>
   </si>
   <si>
     <t>CAMPUS LA MOUILLERE ORLEANS LOIRE VALLEY</t>
   </si>
   <si>
     <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
   </si>
   <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>MAISON ST PHILIPPE</t>
   </si>
   <si>
     <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
   </si>
   <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
     <t>MAISON FAMILIALE HORTICOLE</t>
   </si>
@@ -3399,508 +3399,508 @@
       <c r="F54" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>215</v>
       </c>
       <c r="I54" s="3">
         <v>11755850975</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>38112573100012</v>
+        <v>30292798300023</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="3">
-        <v>53560930256</v>
+        <v>82691138069</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>41024149100019</v>
+        <v>30621667200015</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I56" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>42143242800017</v>
+        <v>31569851400017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="I57" s="3">
-        <v>11780222278</v>
+        <v>91340104934</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>30292798300023</v>
+        <v>32616147800010</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>29</v>
+        <v>229</v>
       </c>
       <c r="I58" s="3">
-        <v>82691138069</v>
+        <v>82730023573</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>30621667200015</v>
+        <v>33499365600019</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I59" s="3"/>
+      <c r="I59" s="3">
+        <v>82740251174</v>
+      </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>31569851400017</v>
+        <v>33509397700015</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>234</v>
+        <v>29</v>
       </c>
       <c r="I60" s="3">
-        <v>91340104934</v>
+        <v>82691206369</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>32616147800010</v>
+        <v>34238263700011</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="I61" s="3">
-        <v>82730023573</v>
+        <v>52490003849</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>33499365600019</v>
+        <v>38112573100012</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="3">
-        <v>82740251174</v>
+        <v>53560930256</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>33509397700015</v>
+        <v>41024149100019</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="3">
-        <v>82691206369</v>
+        <v>72640053564</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>34238263700011</v>
+        <v>42143242800017</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>248</v>
+        <v>29</v>
       </c>
       <c r="I64" s="3">
-        <v>52490003849</v>
+        <v>11780222278</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>77551109000018</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>249</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="3">
         <v>24450000345</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>77568879900078</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>251</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>252</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="3">
         <v>11751561875</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>77660306000018</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="3">
         <v>82740107174</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>77769814300024</v>
       </c>
@@ -3930,417 +3930,417 @@
       <c r="K68" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>77774619900010</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>259</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
         <v>260</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="3">
         <v>53350117135</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>77850148600014</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="I70" s="3">
         <v>43700062970</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>77866645300015</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
         <v>264</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="3">
         <v>26890128989</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
         <v>77933737700021</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>265</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="3">
         <v>82010144301</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
         <v>77950951200017</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
         <v>267</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>268</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="I73" s="3">
         <v>82380067138</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
         <v>78044047500017</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>269</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
         <v>270</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="3"/>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
         <v>78071394700015</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>271</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>272</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="3"/>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
         <v>78274968300010</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>273</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>274</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="3">
         <v>93131473813</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
         <v>78346979400011</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>275</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
         <v>276</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="3">
         <v>41880003688</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
         <v>78362626000013</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>277</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>278</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I78" s="3">
         <v>31590008059</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>78398196200013</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>281</v>
       </c>
       <c r="I79" s="3">
         <v>31620031362</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
         <v>78596647400013</v>
       </c>
@@ -4370,201 +4370,201 @@
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
         <v>78612761300010</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
         <v>286</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="3">
         <v>52490276449</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
         <v>78618852400015</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="3">
         <v>52490100849</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
         <v>78626209700011</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>289</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
         <v>290</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="3"/>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>78642328500018</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>291</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
         <v>292</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="3">
         <v>52850150785</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>88944585400041</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>293</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>294</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>295</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="I85" s="3">
         <v>11941043994</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -4592,31 +4592,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/13/2025 11:32:09</dc:description>
+  <dc:description>Export en date du 01/23/2026 13:53:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>