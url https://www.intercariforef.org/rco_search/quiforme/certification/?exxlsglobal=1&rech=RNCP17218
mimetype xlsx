--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -4592,31 +4592,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/23/2026 13:53:25</dc:description>
+  <dc:description>Export en date du 03/10/2026 12:50:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>