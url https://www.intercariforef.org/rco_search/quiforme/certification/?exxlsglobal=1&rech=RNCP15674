--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -196,144 +196,144 @@
   <si>
     <t xml:space="preserve">EPLEFPA ALENCON SEES  - CAMPUS TERRE § AVENIR </t>
   </si>
   <si>
     <t xml:space="preserve">LYCEE AGRICOLE PUBLIC DE SEES </t>
   </si>
   <si>
     <t>RUE DU 11 NOVEMBRE 1918 61500 SEES</t>
   </si>
   <si>
     <t>2561P001061</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES AGRICAMPUS VAR</t>
   </si>
   <si>
     <t>LEGTA AGRICAMPUS VAR</t>
   </si>
   <si>
     <t>32 CHEMIN SAINT LAZARE 83400 HYERES</t>
   </si>
   <si>
     <t>9383P002883</t>
   </si>
   <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>LYCEE D ENSEIGNEMENT AGRICOLE PRIVE POMMERIT</t>
   </si>
   <si>
     <t>POMMERIT JAUDY CHEF DU BOIS 22450 LA ROCHE-JAUDY</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DE MONDY</t>
   </si>
   <si>
     <t>MONDY 26300 BOURG-DE-PEAGE</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DE HAUTE-MARNE</t>
   </si>
   <si>
     <t>12 RUE DU BARON DE BEINE 52000 BUXIERES-LES-VILLIERS</t>
   </si>
   <si>
     <t>26/06/2006</t>
   </si>
   <si>
     <t>21/08/2024</t>
   </si>
   <si>
     <t>CRTE FORMATION PROFESSIONNELLE HORTICOLE</t>
   </si>
   <si>
     <t>6 RUE DU COLLEGE 88700 ROVILLE-AUX-CHENES</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION COQUERE</t>
+  </si>
+  <si>
+    <t>COQUEREAUMONT 76690 SAINT-GEORGES-SUR-FONTAINE</t>
+  </si>
+  <si>
+    <t>10/04/1969</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE EDUCAT ORIENTAT</t>
   </si>
   <si>
     <t>LES FORGES ROUTE DE PREVAL 72400 LA FERTE-BERNARD</t>
   </si>
   <si>
     <t>19/09/2005</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION DE ANSE</t>
   </si>
   <si>
     <t>ECOLE AGRICOLE PRIVEE 175 RTE PETITE GONTHIERE 69480 ANSE</t>
   </si>
   <si>
     <t>FAMIL RURAL EDUC ORIENTAT ROLLANCOU</t>
   </si>
   <si>
     <t>62770 ROLLANCOURT</t>
   </si>
   <si>
     <t>ASSOCIATION INTERNATIONALE POUR LA FORMATION</t>
   </si>
   <si>
     <t>47 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
   <si>
     <t>01/07/2004</t>
-  </si>
-[...19 lines deleted...]
-    <t>85.59A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1159,447 +1159,447 @@
       <c r="F12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77660306000018</v>
+        <v>34238263700011</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I13" s="3">
-        <v>82740107174</v>
+        <v>52490003849</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77744124700015</v>
+        <v>77660306000018</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="I14" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I14" s="3">
+        <v>82740107174</v>
+      </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77939872600017</v>
+        <v>77744124700015</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>78045946700020</v>
+        <v>77939872600017</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I16" s="3">
-        <v>21520000652</v>
+        <v>82260167326</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78346979400011</v>
+        <v>78045946700020</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="F17" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G17" s="2"/>
+      <c r="G17" s="2" t="s">
+        <v>75</v>
+      </c>
       <c r="H17" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I17" s="3">
-        <v>41880003688</v>
+        <v>21520000652</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>30271529700032</v>
+        <v>78346979400011</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I18" s="3">
-        <v>52720126472</v>
+        <v>41880003688</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>30292631600019</v>
+        <v>41278335900018</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>27</v>
+        <v>81</v>
       </c>
       <c r="I19" s="3">
-        <v>82691214569</v>
+        <v>23760002976</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>30761630000017</v>
+        <v>30271529700032</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I20" s="3">
-        <v>31620049862</v>
+        <v>52720126472</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>33037752400047</v>
+        <v>30292631600019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I21" s="3">
-        <v>11922936292</v>
+        <v>82691214569</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>34238263700011</v>
+        <v>30761630000017</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I22" s="3">
-        <v>52490003849</v>
+        <v>31620049862</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>41278335900018</v>
+        <v>33037752400047</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="I23" s="3">
-        <v>23760002976</v>
+        <v>11922936292</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1618,31 +1618,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 22:56:12</dc:description>
+  <dc:description>Export en date du 12/20/2025 04:30:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>