--- v1 (2025-12-20)
+++ v2 (2026-02-06)
@@ -196,144 +196,144 @@
   <si>
     <t xml:space="preserve">EPLEFPA ALENCON SEES  - CAMPUS TERRE § AVENIR </t>
   </si>
   <si>
     <t xml:space="preserve">LYCEE AGRICOLE PUBLIC DE SEES </t>
   </si>
   <si>
     <t>RUE DU 11 NOVEMBRE 1918 61500 SEES</t>
   </si>
   <si>
     <t>2561P001061</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES AGRICAMPUS VAR</t>
   </si>
   <si>
     <t>LEGTA AGRICAMPUS VAR</t>
   </si>
   <si>
     <t>32 CHEMIN SAINT LAZARE 83400 HYERES</t>
   </si>
   <si>
     <t>9383P002883</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ORIENTAT</t>
+  </si>
+  <si>
+    <t>LES FORGES ROUTE DE PREVAL 72400 LA FERTE-BERNARD</t>
+  </si>
+  <si>
+    <t>19/09/2005</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION DE ANSE</t>
+  </si>
+  <si>
+    <t>ECOLE AGRICOLE PRIVEE 175 RTE PETITE GONTHIERE 69480 ANSE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>FAMIL RURAL EDUC ORIENTAT ROLLANCOU</t>
+  </si>
+  <si>
+    <t>62770 ROLLANCOURT</t>
+  </si>
+  <si>
+    <t>ASSOCIATION INTERNATIONALE POUR LA FORMATION</t>
+  </si>
+  <si>
+    <t>47 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/07/2004</t>
+  </si>
+  <si>
     <t>ASSOCIATION GROUPE ESA</t>
   </si>
   <si>
     <t>55 RUE RABELAIS 49000 ANGERS</t>
   </si>
   <si>
     <t>18/06/1987</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION COQUERE</t>
+  </si>
+  <si>
+    <t>COQUEREAUMONT 76690 SAINT-GEORGES-SUR-FONTAINE</t>
+  </si>
+  <si>
+    <t>10/04/1969</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE D ENSEIGNEMENT AGRICOLE PRIVE POMMERIT</t>
   </si>
   <si>
     <t>POMMERIT JAUDY CHEF DU BOIS 22450 LA ROCHE-JAUDY</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DE MONDY</t>
   </si>
   <si>
     <t>MONDY 26300 BOURG-DE-PEAGE</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DE HAUTE-MARNE</t>
   </si>
   <si>
     <t>12 RUE DU BARON DE BEINE 52000 BUXIERES-LES-VILLIERS</t>
   </si>
   <si>
     <t>26/06/2006</t>
   </si>
   <si>
     <t>21/08/2024</t>
   </si>
   <si>
     <t>CRTE FORMATION PROFESSIONNELLE HORTICOLE</t>
   </si>
   <si>
     <t>6 RUE DU COLLEGE 88700 ROVILLE-AUX-CHENES</t>
-  </si>
-[...40 lines deleted...]
-    <t>01/07/2004</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1159,447 +1159,447 @@
       <c r="F12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>34238263700011</v>
+        <v>30271529700032</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I13" s="3">
-        <v>52490003849</v>
+        <v>52720126472</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77660306000018</v>
+        <v>30292631600019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I14" s="3">
-        <v>82740107174</v>
+        <v>82691214569</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77744124700015</v>
+        <v>30761630000017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="I15" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I15" s="3">
+        <v>31620049862</v>
+      </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77939872600017</v>
+        <v>33037752400047</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>82260167326</v>
+        <v>11922936292</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78045946700020</v>
+        <v>34238263700011</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="F17" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I17" s="3">
-        <v>21520000652</v>
+        <v>52490003849</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78346979400011</v>
+        <v>41278335900018</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="I18" s="3">
-        <v>41880003688</v>
+        <v>23760002976</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>41278335900018</v>
+        <v>77660306000018</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="I19" s="3">
-        <v>23760002976</v>
+        <v>82740107174</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>30271529700032</v>
+        <v>77744124700015</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>30292631600019</v>
+        <v>77939872600017</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I21" s="3">
-        <v>82691214569</v>
+        <v>82260167326</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>30761630000017</v>
+        <v>78045946700020</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="F22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G22" s="2"/>
+      <c r="G22" s="2" t="s">
+        <v>89</v>
+      </c>
       <c r="H22" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I22" s="3">
-        <v>31620049862</v>
+        <v>21520000652</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>33037752400047</v>
+        <v>78346979400011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I23" s="3">
-        <v>11922936292</v>
+        <v>41880003688</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1618,31 +1618,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/20/2025 04:30:30</dc:description>
+  <dc:description>Export en date du 02/06/2026 04:22:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>