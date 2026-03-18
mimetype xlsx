--- v0 (2025-12-10)
+++ v1 (2026-03-18)
@@ -148,201 +148,201 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE PAU MONTARDON</t>
   </si>
   <si>
     <t>LEGTA DE PAU-MONTARDON</t>
   </si>
   <si>
     <t>AGROCAMPUS 64 ROUTE DE PAU 64121 MONTARDON</t>
   </si>
   <si>
     <t>7264P006064</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D’ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-JOSEPH</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE ANGELO LAURET</t>
   </si>
   <si>
     <t>24 RUE RAPHAEL BABET 97480 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>20/09/1984</t>
   </si>
   <si>
+    <t>ASSO GEST MAISON RURALE</t>
+  </si>
+  <si>
+    <t>LE RESTMEUR 22200 PABU</t>
+  </si>
+  <si>
+    <t>01/01/1978</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE MONTLUEL</t>
+  </si>
+  <si>
+    <t>ALLEE CESAIRE NIVIERE 01120 MONTLUEL</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE PERIGUEUX</t>
+  </si>
+  <si>
+    <t>20 RUE DE BEAULIEU 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
+    <t>M F R O</t>
+  </si>
+  <si>
+    <t>LD BREFORT 97129 LAMENTIN</t>
+  </si>
+  <si>
+    <t>01/12/1985</t>
+  </si>
+  <si>
+    <t>ASS MAISONS FAMIL EDUC ORIENT</t>
+  </si>
+  <si>
+    <t>12 B PLACE DE LA DEMI LUNE 02260 LA CAPELLE</t>
+  </si>
+  <si>
+    <t>03/11/2005</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION MAISON FAMILLIALE GUGNECOURT</t>
   </si>
   <si>
     <t>265 GRANDE RUE 88600 GUGNECOURT</t>
   </si>
   <si>
     <t>16/07/1992</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION LE CEDRE</t>
+  </si>
+  <si>
+    <t>10 RUE DES CLAVERIES 49124 SAINT-BARTHELEMY-D'ANJOU</t>
+  </si>
+  <si>
+    <t>01/07/1995</t>
+  </si>
+  <si>
+    <t>UNION NATION RURALE EDUCATION PROMOT EST</t>
+  </si>
+  <si>
+    <t>LYCEE SCHATTENMANN 88 GRAND-RUE 67330 BOUXWILLER</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE DU LITTORAL OUEST</t>
+  </si>
+  <si>
+    <t>CD 8 PK 27 5 AVENUE PAULE BERTHELOT 97360 MANA</t>
+  </si>
+  <si>
+    <t>14/11/2007</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION ENSEMBLE CATHOLIQUE JEAN-BAPTISTE LE TAILLANDIER</t>
+  </si>
+  <si>
+    <t>SITE EDMOND MICHELET</t>
+  </si>
+  <si>
+    <t>2 BD JEAN MONNET MONTAUBERT 35300 FOUGERES</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>CHE DE LA NORAIE BELLEVUE 37190 AZAY-LE-RIDEAU</t>
+  </si>
+  <si>
+    <t>22/10/1993</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION DU GROUPE LA TOUCHE</t>
   </si>
   <si>
     <t>LA TOUCHE 56800 PLOERMEL</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>MAISON FAMIL INST EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>33 BOULEVARD DE BELLEVUE 21800 QUETIGNY</t>
   </si>
   <si>
     <t>01/09/1994</t>
   </si>
   <si>
-    <t>85.31Z</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
   </si>
   <si>
     <t>CHATEAU DE LA BAGOTIERE 14220 LES MOUTIERS-EN-CINGLAIS</t>
   </si>
   <si>
     <t>MFR DE LA SAINTONGE ET DE L AUNIS</t>
   </si>
   <si>
     <t>15 AVENUE DE SAINTES 17240 SAINT-GENIS-DE-SAINTONGE</t>
   </si>
   <si>
     <t>SEVREUROPE-MFR SEVREUROPE BRESSUIRE</t>
   </si>
   <si>
     <t>22 RUE DE LA BARITAUDERIE 79300 BRESSUIRE</t>
   </si>
   <si>
     <t>CAMPUS ORION</t>
   </si>
   <si>
     <t>7 BD DU MARECHAL LECLERC 53150 EVRON</t>
-  </si>
-[...94 lines deleted...]
-    <t>03/11/2005</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1016,674 +1016,674 @@
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3">
         <v>98970084497</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>38862894300010</v>
+        <v>31261027200014</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>41880029788</v>
+        <v>53220919322</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77786612000010</v>
+        <v>31266699300026</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
-        <v>53561030556</v>
+        <v>82010133801</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77824598500024</v>
+        <v>32274692600011</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>26210055021</v>
+        <v>72240025424</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78075147500010</v>
+        <v>33459551900011</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>25140132414</v>
+        <v>95970145597</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78135632400017</v>
+        <v>33503646300024</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3">
-        <v>54170134917</v>
+        <v>22020088302</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78141312500019</v>
+        <v>38862894300010</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="I14" s="3">
-        <v>54790026479</v>
+        <v>41880029788</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>78624352700011</v>
+        <v>40150716500017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="I15" s="3">
-        <v>52530010653</v>
+        <v>52490284149</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>43320759400030</v>
+        <v>40245838400011</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>96973042897</v>
+        <v>44670604267</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>40150716500017</v>
+        <v>43320759400030</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="I17" s="3">
-        <v>52490284149</v>
+        <v>96973042897</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>40245838400011</v>
+        <v>49339665900069</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>74</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>75</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3">
-        <v>44670604267</v>
+        <v>53351084735</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>49339665900069</v>
+        <v>77529170100024</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="3">
-        <v>53351084735</v>
+        <v>24370421037</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77529170100024</v>
+        <v>77786612000010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>24370421037</v>
+        <v>53561030556</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>31261027200014</v>
+        <v>77824598500024</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="I21" s="3">
-        <v>53220919322</v>
+        <v>26210055021</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>31266699300026</v>
+        <v>78075147500010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>85</v>
+        <v>22</v>
       </c>
       <c r="I22" s="3">
-        <v>82010133801</v>
+        <v>25140132414</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>32274692600011</v>
+        <v>78135632400017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3">
-        <v>72240025424</v>
+        <v>54170134917</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>33459551900011</v>
+        <v>78141312500019</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3">
-        <v>95970145597</v>
+        <v>54790026479</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>33503646300024</v>
+        <v>78624352700011</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="I25" s="3">
-        <v>22020088302</v>
+        <v>52530010653</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1699,31 +1699,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/10/2025 11:35:15</dc:description>
+  <dc:description>Export en date du 03/18/2026 01:16:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>