--- v0 (2025-12-13)
+++ v1 (2026-01-30)
@@ -217,84 +217,84 @@
   <si>
     <t>25/12/1995</t>
   </si>
   <si>
     <t>5479P000379</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET FORMATION PROFESSIONNELLE AGRICOLES DE LA DURANCE ET DU PAYS DES SORGUES</t>
   </si>
   <si>
     <t>LEGTA FRANCOIS PETRARQUE</t>
   </si>
   <si>
     <t>CAMPUS AGROPARC 3592 ROUTE DE MARSEILLE 84000 AVIGNON</t>
   </si>
   <si>
     <t>ASSOCIATION FAMILIALE LOCALE DE FORMATION PROFESSIONNELLE AGRICOLE</t>
   </si>
   <si>
     <t>40 RUE HUBERT BARAINE 28260 ANET</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE TECHNIQUE PRIVE LES MANDAILLES</t>
+  </si>
+  <si>
+    <t>18 RUE DU STADE 26330 CHATEAUNEUF-DE-GALAURE</t>
+  </si>
+  <si>
+    <t>25/12/1987</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUC ORIENT DE MOIRANS</t>
+  </si>
+  <si>
+    <t>184 ROUTE DES BETHANIES 38430 MOIRANS</t>
+  </si>
+  <si>
+    <t>13/07/2010</t>
+  </si>
+  <si>
     <t>ASS FAMIL GESTION ENSEIG AGRIC PRIVE</t>
   </si>
   <si>
     <t>4 RUE DES ECOLES 51370 THILLOIS</t>
   </si>
   <si>
     <t>ASSOC INSTITUT PROFESSIONEL LEMONNIER</t>
   </si>
   <si>
     <t>60 RUE D'HEROUVILLE 14000 CAEN</t>
   </si>
   <si>
     <t>CAMPUS ORION</t>
   </si>
   <si>
     <t>7 BD DU MARECHAL LECLERC 53150 EVRON</t>
-  </si>
-[...16 lines deleted...]
-    <t>13/07/2010</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1233,219 +1233,219 @@
       <c r="F15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I15" s="3">
         <v>24280131728</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>78044047500017</v>
+        <v>77940503400025</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78071394700015</v>
+        <v>77957043100022</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="I17" s="3"/>
+      <c r="I17" s="3">
+        <v>82380010638</v>
+      </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78624352700011</v>
+        <v>78044047500017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77940503400025</v>
+        <v>78071394700015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77957043100022</v>
+        <v>78624352700011</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I20" s="3">
-        <v>82380010638</v>
+        <v>52530010653</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1464,31 +1464,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/13/2025 08:40:16</dc:description>
+  <dc:description>Export en date du 01/30/2026 22:14:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>