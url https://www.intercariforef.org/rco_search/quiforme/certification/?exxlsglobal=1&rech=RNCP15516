--- v1 (2026-01-30)
+++ v2 (2026-03-24)
@@ -208,75 +208,75 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE LES SICAUDIERES</t>
   </si>
   <si>
     <t>LEGTA DE BRESSUIRE</t>
   </si>
   <si>
     <t>CAMPUS DES SICAUDIERES BOULEVARD DE NANTES 79300 BRESSUIRE</t>
   </si>
   <si>
     <t>25/12/1995</t>
   </si>
   <si>
     <t>5479P000379</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET FORMATION PROFESSIONNELLE AGRICOLES DE LA DURANCE ET DU PAYS DES SORGUES</t>
   </si>
   <si>
     <t>LEGTA FRANCOIS PETRARQUE</t>
   </si>
   <si>
     <t>CAMPUS AGROPARC 3592 ROUTE DE MARSEILLE 84000 AVIGNON</t>
   </si>
   <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE TECHNIQUE PRIVE LES MANDAILLES</t>
+  </si>
+  <si>
+    <t>18 RUE DU STADE 26330 CHATEAUNEUF-DE-GALAURE</t>
+  </si>
+  <si>
+    <t>25/12/1987</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUC ORIENT DE MOIRANS</t>
+  </si>
+  <si>
+    <t>184 ROUTE DES BETHANIES 38430 MOIRANS</t>
+  </si>
+  <si>
+    <t>13/07/2010</t>
+  </si>
+  <si>
     <t>ASSOCIATION FAMILIALE LOCALE DE FORMATION PROFESSIONNELLE AGRICOLE</t>
   </si>
   <si>
     <t>40 RUE HUBERT BARAINE 28260 ANET</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...16 lines deleted...]
-    <t>13/07/2010</t>
   </si>
   <si>
     <t>ASS FAMIL GESTION ENSEIG AGRIC PRIVE</t>
   </si>
   <si>
     <t>4 RUE DES ECOLES 51370 THILLOIS</t>
   </si>
   <si>
     <t>ASSOC INSTITUT PROFESSIONEL LEMONNIER</t>
   </si>
   <si>
     <t>60 RUE D'HEROUVILLE 14000 CAEN</t>
   </si>
   <si>
     <t>CAMPUS ORION</t>
   </si>
   <si>
     <t>7 BD DU MARECHAL LECLERC 53150 EVRON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1196,243 +1196,243 @@
         <v>63</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>31111028200010</v>
+        <v>77940503400025</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="I15" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77940503400025</v>
+        <v>77957043100022</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="I16" s="3"/>
+      <c r="I16" s="3">
+        <v>82380010638</v>
+      </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77957043100022</v>
+        <v>31111028200010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I17" s="3">
-        <v>82380010638</v>
+        <v>24280131728</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>78044047500017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>78071394700015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>78624352700011</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I20" s="3">
         <v>52530010653</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1464,31 +1464,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 22:14:10</dc:description>
+  <dc:description>Export en date du 03/24/2026 16:10:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>