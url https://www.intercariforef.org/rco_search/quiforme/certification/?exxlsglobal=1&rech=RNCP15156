--- v0 (2025-10-21)
+++ v1 (2026-01-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -634,120 +634,111 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LIMOGES ET DU NORD HAUTE-VIENNE</t>
   </si>
   <si>
     <t>LEGTPA LIMOGES LES VASEIX</t>
   </si>
   <si>
     <t>LES VASEIX 87430 VERNEUIL-SUR-VIENNE</t>
   </si>
   <si>
     <t>7487P001887</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE VALDOIE</t>
   </si>
   <si>
     <t>LEGTA DE VALDOIE - LUCIEN QUELET</t>
   </si>
   <si>
     <t>95 RUE DE TURENNE 90300 VALDOIE</t>
   </si>
   <si>
     <t>4390P000790</t>
   </si>
   <si>
-    <t>LEGTA DE POUEMBOUT</t>
-[...7 lines deleted...]
-  <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
     <t>ECOLE DU BREUIL</t>
   </si>
   <si>
     <t>BOIS DE VINCENNES ROUTE DE LA FERME 75012 PARIS</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>84.13Z</t>
   </si>
   <si>
+    <t>OGEC FENELON VAUJOURS</t>
+  </si>
+  <si>
+    <t>1 RUE DE MONTAUBAN 93410 VAUJOURS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD PASTEUR 56230 QUESTEMBERT</t>
+  </si>
+  <si>
+    <t>24/01/1986</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALLE DE GESTION</t>
+  </si>
+  <si>
+    <t>KERPLOUZE 56400 AURAY</t>
+  </si>
+  <si>
+    <t>01/01/1957</t>
+  </si>
+  <si>
     <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
   </si>
   <si>
     <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
   </si>
   <si>
     <t>07/06/1945</t>
-  </si>
-[...25 lines deleted...]
-    <t>01/01/1957</t>
   </si>
   <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PRIVE ST-JEAN</t>
   </si>
   <si>
     <t>L HERMITAGE 95110 SANNOIS</t>
   </si>
   <si>
     <t>200 RUE BUISSONNIERE 31670 LABEGE</t>
   </si>
   <si>
     <t>01/10/2008</t>
   </si>
   <si>
     <t>MAISON FAMIL RURAL EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>JAVOLS RTE D'AUMONT 48130 PEYRE EN AUBRAC</t>
   </si>
   <si>
     <t>MAISON FAMILIALE HORTICOLE</t>
   </si>
@@ -1128,51 +1119,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M64"/>
+  <dimension ref="A1:M63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -3126,524 +3117,489 @@
       <c r="F51" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>205</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>19988000600010</v>
+        <v>20000746600010</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>207</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>208</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="I52" s="3"/>
+        <v>209</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>210</v>
+      </c>
       <c r="J52" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>20000746600010</v>
+        <v>20008180000019</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>214</v>
+      </c>
+      <c r="I53" s="3">
+        <v>11755850975</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>20008180000019</v>
+        <v>30413855500012</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>42143242800017</v>
+        <v>33453512700016</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>218</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>219</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>220</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="3">
-        <v>11780222278</v>
+        <v>53560861756</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>30413855500012</v>
+        <v>38112573100012</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>221</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>223</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="I56" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I56" s="3">
+        <v>53560930256</v>
+      </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>33453512700016</v>
+        <v>42143242800017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>224</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>225</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>226</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="3">
-        <v>53560861756</v>
+        <v>11780222278</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>38112573100012</v>
+        <v>77568879900037</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="D58" s="2"/>
+      <c r="D58" s="2" t="s">
+        <v>228</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="3">
-        <v>53560930256</v>
+        <v>11751561875</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>77568879900037</v>
+        <v>77568879901142</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2" t="s">
         <v>230</v>
       </c>
-      <c r="D59" s="2" t="s">
+      <c r="F59" s="2" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="3">
         <v>11751561875</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>77568879901142</v>
+        <v>77610653600019</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>234</v>
+        <v>217</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="3">
-        <v>11751561875</v>
+        <v>91480004348</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>77610653600019</v>
+        <v>77769814300024</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="3">
-        <v>91480004348</v>
+        <v>53350783835</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>77769814300024</v>
+        <v>77774619900010</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>237</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>238</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>239</v>
+        <v>217</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="3">
-        <v>53350783835</v>
+        <v>53350117135</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>77774619900010</v>
+        <v>78346979400011</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="3">
-        <v>53350117135</v>
+        <v>41880003688</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>25</v>
-[...35 lines deleted...]
-      <c r="M64" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3657,31 +3613,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 19:18:15</dc:description>
+  <dc:description>Export en date du 01/23/2026 13:53:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>