--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -3613,31 +3613,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/23/2026 13:53:24</dc:description>
+  <dc:description>Export en date du 03/10/2026 12:47:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>