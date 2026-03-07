--- v0 (2025-12-16)
+++ v1 (2026-03-07)
@@ -897,53 +897,51 @@
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>34270750200296</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>34270750200403</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>20</v>
@@ -1012,53 +1010,51 @@
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>34270750200478</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>34270750200494</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
@@ -1573,53 +1569,51 @@
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>34270750200726</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>70</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I23" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>34270750200734</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
@@ -1918,53 +1912,51 @@
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>77572257200523</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I32" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>77572257200762</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
@@ -2105,53 +2097,51 @@
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>77572257200879</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>91</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I37" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>77572257200911</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
@@ -2551,53 +2541,51 @@
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>77572257201117</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>70</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I49" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I49" s="3"/>
       <c r="J49" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>77572257201133</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
@@ -2880,31 +2868,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 13:05:21</dc:description>
+  <dc:description>Export en date du 03/07/2026 18:47:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>