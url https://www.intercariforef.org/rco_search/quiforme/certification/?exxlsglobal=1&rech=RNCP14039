--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE L'AGRICULTURE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
   </si>
   <si>
     <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE CIBEINS</t>
   </si>
   <si>
     <t>LEGTPA DE CIBEINS</t>
   </si>
   <si>
     <t>DOMAINE DE CIBEINS 01600 MISERIEUX</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
@@ -118,114 +118,114 @@
   <si>
     <t>TECHNOPOLE PHILIPPE DE VILMORIN CHEMIN DE POPEY 55000 BAR-LE-DUC</t>
   </si>
   <si>
     <t>4155P000755</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION  PROFESSIONNELLE AGRICOLES DES COMBRAILLES</t>
   </si>
   <si>
     <t>20 AVENUE JULES LECUYER 63390 SAINT-GERVAIS-D'AUVERGNE</t>
   </si>
   <si>
     <t>8363P004463</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION LE VILLAGE</t>
   </si>
   <si>
     <t>3 PLACE DE L'EGLISE 38490 SAINT-ANDRE-LE-GAZ</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
+    <t>A.F.G.E.E.A.P</t>
+  </si>
+  <si>
+    <t>BP 2 CHEMIN DES PLANTES FROIDES 58210 VARZY</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE TERNOIS</t>
+  </si>
+  <si>
+    <t>161 RUE DE GRAND RULLECOURT 62810 BERLENCOURT-LE-CAUROY</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASSOC MAISON FAMIL RURALE EDUCA ORIENTAT</t>
+  </si>
+  <si>
+    <t>BEAUCHAMP 13630 EYRAGUES</t>
+  </si>
+  <si>
+    <t>07/03/1986</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE EDUCAT ORIENTA</t>
   </si>
   <si>
     <t>22 ROUTE DE JOSSELIN 56490 GUILLIERS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>10 RUE DU COUVENT 21140 SEMUR-EN-AUXOIS</t>
   </si>
   <si>
     <t>50 RUE DES QUINZE FUSILLES 61400 MORTAGNE-AU-PERCHE</t>
   </si>
   <si>
-    <t>85.31Z</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE EDUCATION ORIENTATION DE NEUFCHATEL EN BRAY</t>
   </si>
   <si>
     <t>4 AVENUE DES CANADIENS 76270 NEUFCHATEL-EN-BRAY</t>
   </si>
   <si>
     <t>17/09/2012</t>
   </si>
   <si>
     <t>MAISON FAMILIALE EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>FRECUL FRECUL 79130 SECONDIGNY</t>
   </si>
   <si>
     <t>MAISON FAMILIALE APPRENTISSAGE RURAL</t>
   </si>
   <si>
     <t>LD LES TROIS RIVIERES 49330 LES HAUTS-D'ANJOU</t>
-  </si>
-[...22 lines deleted...]
-    <t>07/03/1986</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -817,365 +817,365 @@
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="3">
         <v>82380504538</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77782252900015</v>
+        <v>30701450600025</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77825876400019</v>
+        <v>30703566700012</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3">
-        <v>26210336121</v>
+        <v>32620283262</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78096827700019</v>
+        <v>33500144200011</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>25610014961</v>
+        <v>93130368513</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78098734300024</v>
+        <v>77782252900015</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>28760539476</v>
+        <v>53560052356</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78148515600017</v>
+        <v>77825876400019</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>54790012179</v>
+        <v>26210336121</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78613651500016</v>
+        <v>78096827700019</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="I12" s="3">
-        <v>52490312749</v>
+        <v>25610014961</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30701450600025</v>
+        <v>78098734300024</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I13" s="3">
+        <v>28760539476</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30703566700012</v>
+        <v>78148515600017</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3">
-        <v>32620283262</v>
+        <v>54790012179</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>33500144200011</v>
+        <v>78613651500016</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>93130368513</v>
+        <v>52490312749</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1200,31 +1200,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/17/2025 00:41:28</dc:description>
+  <dc:description>Export en date du 12/02/2025 05:01:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>