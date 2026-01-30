--- v1 (2025-12-02)
+++ v2 (2026-01-30)
@@ -109,87 +109,87 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE LA MEUSE</t>
   </si>
   <si>
     <t>LEGTPA DE BAR LE DUC</t>
   </si>
   <si>
     <t>TECHNOPOLE PHILIPPE DE VILMORIN CHEMIN DE POPEY 55000 BAR-LE-DUC</t>
   </si>
   <si>
     <t>4155P000755</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION  PROFESSIONNELLE AGRICOLES DES COMBRAILLES</t>
   </si>
   <si>
     <t>20 AVENUE JULES LECUYER 63390 SAINT-GERVAIS-D'AUVERGNE</t>
   </si>
   <si>
     <t>8363P004463</t>
   </si>
   <si>
+    <t>A.F.G.E.E.A.P</t>
+  </si>
+  <si>
+    <t>BP 2 CHEMIN DES PLANTES FROIDES 58210 VARZY</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE TERNOIS</t>
+  </si>
+  <si>
+    <t>161 RUE DE GRAND RULLECOURT 62810 BERLENCOURT-LE-CAUROY</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASSOC MAISON FAMIL RURALE EDUCA ORIENTAT</t>
+  </si>
+  <si>
+    <t>BEAUCHAMP 13630 EYRAGUES</t>
+  </si>
+  <si>
+    <t>07/03/1986</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION LE VILLAGE</t>
   </si>
   <si>
     <t>3 PLACE DE L'EGLISE 38490 SAINT-ANDRE-LE-GAZ</t>
   </si>
   <si>
     <t>01/01/1999</t>
-  </si>
-[...28 lines deleted...]
-    <t>07/03/1986</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCAT ORIENTA</t>
   </si>
   <si>
     <t>22 ROUTE DE JOSSELIN 56490 GUILLIERS</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>10 RUE DU COUVENT 21140 SEMUR-EN-AUXOIS</t>
   </si>
   <si>
     <t>50 RUE DES QUINZE FUSILLES 61400 MORTAGNE-AU-PERCHE</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCATION ORIENTATION DE NEUFCHATEL EN BRAY</t>
   </si>
   <si>
     <t>4 AVENUE DES CANADIENS 76270 NEUFCHATEL-EN-BRAY</t>
   </si>
   <si>
     <t>17/09/2012</t>
   </si>
@@ -772,296 +772,296 @@
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>42156674600010</v>
+        <v>30701450600025</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>30701450600025</v>
+        <v>30703566700012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="I7" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I7" s="3">
+        <v>32620283262</v>
+      </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>30703566700012</v>
+        <v>33500144200011</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3">
-        <v>32620283262</v>
+        <v>93130368513</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>33500144200011</v>
+        <v>42156674600010</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>93130368513</v>
+        <v>82380504538</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>77782252900015</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
         <v>53560052356</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>77825876400019</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3">
         <v>26210336121</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>78096827700019</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="I12" s="3">
         <v>25610014961</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>78098734300024</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
@@ -1087,88 +1087,88 @@
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>78148515600017</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3">
         <v>54790012179</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>78613651500016</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3">
         <v>52490312749</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1200,31 +1200,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/02/2025 05:01:23</dc:description>
+  <dc:description>Export en date du 01/30/2026 17:10:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>