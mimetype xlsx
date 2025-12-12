--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -385,126 +385,120 @@
   <si>
     <t>ASSOC MAISON FAMIL RURALE EDUCA ORIENTAT</t>
   </si>
   <si>
     <t>BEAUCHAMP 13630 EYRAGUES</t>
   </si>
   <si>
     <t>07/03/1986</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DES ECOLES DES SCIENCES DE LA VIE</t>
   </si>
   <si>
     <t>ROUTE DU MANS 72300 SABLE-SUR-SARTHE</t>
   </si>
   <si>
     <t>31/07/2009</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE PRIVEE</t>
   </si>
   <si>
     <t>36700 SAINT-CYRAN-DU-JAMBOT</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
+  </si>
+  <si>
+    <t>5 AV DU GENERAL DE GAULLE 61120 VIMOUTIERS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU PERIGORDVERT</t>
+  </si>
+  <si>
+    <t>CHATEAU DE LA FILOLIE 24800 THIVIERS</t>
+  </si>
+  <si>
+    <t>MAIS FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>LES QUATRE VENTS 88160 RAMONCHAMP</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE POUANCE</t>
+  </si>
+  <si>
+    <t>RUE DE TRESSE 49420 OMBREE D'ANJOU</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE EDUCATION ET ORIENTA</t>
+  </si>
+  <si>
+    <t>4 ROUTE DE LA ROCHE 85480 BOURNEZEAU</t>
+  </si>
+  <si>
     <t>ORGANISME DE GESTION DE L'ENSEIGNMENT CATHOLIQUE EMMANUEL D'ALZON</t>
   </si>
   <si>
     <t>LAP E D'ALZON</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE PRIVE CHATEAU DE CANDIAC 30600 VESTRIC-ET-CANDIAC</t>
   </si>
   <si>
     <t>01/09/2007</t>
   </si>
   <si>
     <t>MAIS FAMIL RURALE VEZENOBRES</t>
   </si>
   <si>
     <t>LA GARDONNENQUE ROUTE DE DEAUX 30360 VEZENOBRES</t>
   </si>
   <si>
     <t>20/09/1962</t>
   </si>
   <si>
     <t>MAISON FAMIL RURAL EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>CHE DES GUILLEMOTS 71190 ETANG-SUR-ARROUX</t>
   </si>
   <si>
     <t>01/09/1988</t>
   </si>
   <si>
     <t>MAIS FAMIL RUR D'EDUCATION ET ORIENTATIO</t>
   </si>
   <si>
     <t>ROUTE DE MASSALES 15100 SAINT-FLOUR</t>
-  </si>
-[...40 lines deleted...]
-    <t>4 ROUTE DE LA ROCHE 85480 BOURNEZEAU</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ASSOCIATION DU CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES : FORMATIONS COMPETENCES BRETAGNE CTRE</t>
   </si>
   <si>
     <t>1 RUE DE LA CHESNAIE 22600 LOUDEAC</t>
   </si>
   <si>
     <t>21/09/2018</t>
   </si>
   <si>
     <t>26/06/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -858,51 +852,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M46"/>
+  <dimension ref="A1:M45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2169,491 +2163,456 @@
       <c r="F34" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I34" s="3">
         <v>24360077136</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77591322100054</v>
+        <v>78098562800012</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="D35" s="2" t="s">
+      <c r="D35" s="2"/>
+      <c r="E35" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="E35" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="2" t="s">
-        <v>126</v>
+        <v>80</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="I35" s="3">
-        <v>91300263030</v>
+        <v>25610014861</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>77595210400013</v>
+        <v>78174099800013</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>129</v>
+        <v>80</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I36" s="3">
-        <v>91300174330</v>
+        <v>72240033624</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>77858350000021</v>
+        <v>78346443100015</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>132</v>
+        <v>80</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="I37" s="3">
-        <v>27710290071</v>
+        <v>41880067088</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>77910548500014</v>
+        <v>78362626000013</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="I38" s="3">
-        <v>83150293115</v>
+        <v>31590008059</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>77970557300011</v>
+        <v>78618984500013</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I39" s="3"/>
+      <c r="I39" s="3">
+        <v>52490357949</v>
+      </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>78098562800012</v>
+        <v>78638426300012</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="I40" s="3">
-        <v>25610014861</v>
+        <v>52850135185</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>78174099800013</v>
+        <v>77591322100054</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="D41" s="2"/>
+        <v>135</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>136</v>
+      </c>
       <c r="E41" s="2" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>80</v>
+        <v>138</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I41" s="3">
-        <v>72240033624</v>
+        <v>91300263030</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>78346443100015</v>
+        <v>77595210400013</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>80</v>
+        <v>141</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I42" s="3">
-        <v>41880067088</v>
+        <v>91300174330</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>78362626000013</v>
+        <v>77858350000021</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I43" s="3">
-        <v>31590008059</v>
+        <v>27710290071</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>78618984500013</v>
+        <v>77910548500014</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I44" s="3">
-        <v>52490357949</v>
+        <v>83150293115</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>78638426300012</v>
+        <v>84939883900019</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>13</v>
+        <v>147</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="G45" s="2"/>
+        <v>150</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>151</v>
+      </c>
       <c r="H45" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I45" s="3">
-        <v>52850135185</v>
+        <v>53220892322</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>23</v>
-[...37 lines deleted...]
-      <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -2667,31 +2626,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 23:20:04</dc:description>
+  <dc:description>Export en date du 12/12/2025 17:42:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>