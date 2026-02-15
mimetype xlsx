--- v1 (2025-12-12)
+++ v2 (2026-02-15)
@@ -385,120 +385,120 @@
   <si>
     <t>ASSOC MAISON FAMIL RURALE EDUCA ORIENTAT</t>
   </si>
   <si>
     <t>BEAUCHAMP 13630 EYRAGUES</t>
   </si>
   <si>
     <t>07/03/1986</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DES ECOLES DES SCIENCES DE LA VIE</t>
   </si>
   <si>
     <t>ROUTE DU MANS 72300 SABLE-SUR-SARTHE</t>
   </si>
   <si>
     <t>31/07/2009</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE PRIVEE</t>
   </si>
   <si>
     <t>36700 SAINT-CYRAN-DU-JAMBOT</t>
   </si>
   <si>
+    <t>ORGANISME DE GESTION DE L'ENSEIGNMENT CATHOLIQUE EMMANUEL D'ALZON</t>
+  </si>
+  <si>
+    <t>LAP E D'ALZON</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE CHATEAU DE CANDIAC 30600 VESTRIC-ET-CANDIAC</t>
+  </si>
+  <si>
+    <t>01/09/2007</t>
+  </si>
+  <si>
+    <t>MAIS FAMIL RURALE VEZENOBRES</t>
+  </si>
+  <si>
+    <t>LA GARDONNENQUE ROUTE DE DEAUX 30360 VEZENOBRES</t>
+  </si>
+  <si>
+    <t>20/09/1962</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURAL EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>CHE DES GUILLEMOTS 71190 ETANG-SUR-ARROUX</t>
+  </si>
+  <si>
+    <t>01/09/1988</t>
+  </si>
+  <si>
+    <t>MAIS FAMIL RUR D'EDUCATION ET ORIENTATIO</t>
+  </si>
+  <si>
+    <t>ROUTE DE MASSALES 15100 SAINT-FLOUR</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
   </si>
   <si>
     <t>5 AV DU GENERAL DE GAULLE 61120 VIMOUTIERS</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DU PERIGORDVERT</t>
   </si>
   <si>
     <t>CHATEAU DE LA FILOLIE 24800 THIVIERS</t>
   </si>
   <si>
     <t>MAIS FAMILIALE RURALE</t>
   </si>
   <si>
     <t>LES QUATRE VENTS 88160 RAMONCHAMP</t>
   </si>
   <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DE POUANCE</t>
   </si>
   <si>
     <t>RUE DE TRESSE 49420 OMBREE D'ANJOU</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE EDUCATION ET ORIENTA</t>
   </si>
   <si>
     <t>4 ROUTE DE LA ROCHE 85480 BOURNEZEAU</t>
-  </si>
-[...34 lines deleted...]
-    <t>ROUTE DE MASSALES 15100 SAINT-FLOUR</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ASSOCIATION DU CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES : FORMATIONS COMPETENCES BRETAGNE CTRE</t>
   </si>
   <si>
     <t>1 RUE DE LA CHESNAIE 22600 LOUDEAC</t>
   </si>
   <si>
     <t>21/09/2018</t>
   </si>
   <si>
     <t>26/06/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -2163,446 +2163,444 @@
       <c r="F34" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I34" s="3">
         <v>24360077136</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>78098562800012</v>
+        <v>77591322100054</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="D35" s="2"/>
+      <c r="D35" s="2" t="s">
+        <v>124</v>
+      </c>
       <c r="E35" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>80</v>
+        <v>126</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="I35" s="3">
-        <v>25610014861</v>
+        <v>91300263030</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>78174099800013</v>
+        <v>77595210400013</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>80</v>
+        <v>129</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I36" s="3">
-        <v>72240033624</v>
+        <v>91300174330</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>78346443100015</v>
+        <v>77858350000021</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>80</v>
+        <v>132</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="I37" s="3">
-        <v>41880067088</v>
+        <v>27710290071</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>78362626000013</v>
+        <v>77910548500014</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="I38" s="3">
-        <v>31590008059</v>
+        <v>83150293115</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>78618984500013</v>
+        <v>78098562800012</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="I39" s="3">
-        <v>52490357949</v>
+        <v>25610014861</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>78638426300012</v>
+        <v>78174099800013</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I40" s="3">
-        <v>52850135185</v>
+        <v>72240033624</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>77591322100054</v>
+        <v>78346443100015</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>138</v>
+        <v>80</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I41" s="3">
-        <v>91300263030</v>
+        <v>41880067088</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>77595210400013</v>
+        <v>78362626000013</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>141</v>
+        <v>80</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="I42" s="3">
-        <v>91300174330</v>
+        <v>31590008059</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>77858350000021</v>
+        <v>78618984500013</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>144</v>
+        <v>80</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="I43" s="3">
-        <v>27710290071</v>
+        <v>52490357949</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>77910548500014</v>
+        <v>78638426300012</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I44" s="3">
-        <v>83150293115</v>
+        <v>52850135185</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>84939883900019</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>147</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>149</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>150</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>151</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I45" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I45" s="3"/>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -2626,31 +2624,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/12/2025 17:42:42</dc:description>
+  <dc:description>Export en date du 02/15/2026 10:46:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>