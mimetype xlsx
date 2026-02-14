--- v0 (2025-12-15)
+++ v1 (2026-02-14)
@@ -166,153 +166,153 @@
   <si>
     <t>2445P001245</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE LA MEUSE</t>
   </si>
   <si>
     <t>LEGTPA DE BAR LE DUC</t>
   </si>
   <si>
     <t>TECHNOPOLE PHILIPPE DE VILMORIN CHEMIN DE POPEY 55000 BAR-LE-DUC</t>
   </si>
   <si>
     <t>4155P000755</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES</t>
   </si>
   <si>
     <t>270 AV DU MAL DE LATTRE DE TASSIGNY 88500 MIRECOURT</t>
   </si>
   <si>
     <t>4188P000888</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ORIENTAT</t>
+  </si>
+  <si>
+    <t>LES FORGES ROUTE DE PREVAL 72400 LA FERTE-BERNARD</t>
+  </si>
+  <si>
+    <t>19/09/2005</t>
+  </si>
+  <si>
+    <t>SYLVA CAMPUS</t>
+  </si>
+  <si>
+    <t>103 ROUTE DE ROCHEMAURE 26200 MONTELIMAR</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CENTRE FORESTIER DE LA REGION P.A.C.A.</t>
+  </si>
+  <si>
+    <t>DOM PIEDEGACHE 84240 LA BASTIDE-DES-JOURDANS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE</t>
+  </si>
+  <si>
+    <t>LD LE BOURG 22 ROUTE DE JONZIEUX 42660 MARLHES</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
+  </si>
+  <si>
+    <t>CHATEAU DE POINTEL 61220 POINTEL</t>
+  </si>
+  <si>
+    <t>27/01/1987</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE DE L'ARCLOSAN</t>
   </si>
   <si>
     <t>LE VILLARD 74230 SERRAVAL</t>
   </si>
   <si>
     <t>02/06/2003</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE EDUCAT ORIENTAT</t>
-[...37 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE DU LOCHOIS</t>
   </si>
   <si>
     <t>49 RUE H DE L’HERITIER DE CHEZELLE 37600 LOCHES</t>
   </si>
   <si>
     <t>05/04/1996</t>
   </si>
   <si>
+    <t>MAISON FAMIL RURAL EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>JAVOLS RTE D'AUMONT 48130 PEYRE EN AUBRAC</t>
+  </si>
+  <si>
+    <t>ISETA - ECA</t>
+  </si>
+  <si>
+    <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>31 ET 33 33 RUE ANATOLE LE BRAZ 22600 LOUDEAC</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION RESPONSABLE LE NIVOT</t>
+  </si>
+  <si>
+    <t>LD LE NIVOT 29590 LOPEREC</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>13 RUE DE LA VAIVRE 70320 AILLEVILLERS-ET-LYAUMONT</t>
+  </si>
+  <si>
+    <t>ASS MAISONS FAMILIALES HAUTE AZERGUES</t>
+  </si>
+  <si>
+    <t>LD PANISSIERE 69870 LAMURE-SUR-AZERGUES</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE D'EDUCAT ET D ORIENTATION FORET ENVIRONNEMENT</t>
   </si>
   <si>
     <t>74 AVENUE DE PARIS 17210 CHEVANCEAUX</t>
   </si>
   <si>
     <t>07/08/1990</t>
-  </si>
-[...37 lines deleted...]
-    <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1023,256 +1023,256 @@
       <c r="F9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>44909497800011</v>
+        <v>30271529700032</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>82740227474</v>
+        <v>52720126472</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>30271529700032</v>
+        <v>30280269900017</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>52720126472</v>
+        <v>82260001926</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>30280269900017</v>
+        <v>30419999500016</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>82260001926</v>
+        <v>93840003084</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30419999500016</v>
+        <v>30870556500015</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="3">
-        <v>93840003084</v>
+        <v>82420207342</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30870556500015</v>
+        <v>33999592000016</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="I14" s="3">
-        <v>82420207342</v>
+        <v>25610026461</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>33999592000016</v>
+        <v>44909497800011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>25610026461</v>
+        <v>82740227474</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>77527666000021</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D16" s="2"/>
@@ -1282,293 +1282,293 @@
       <c r="F16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3">
         <v>24370062537</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78131244200028</v>
+        <v>77610653600019</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3">
-        <v>54170034217</v>
+        <v>91480004348</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77610653600019</v>
+        <v>77660306000018</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3">
-        <v>91480004348</v>
+        <v>82740107174</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77660306000018</v>
+        <v>77739516100014</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="3">
-        <v>82740107174</v>
+        <v>53220249322</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77739516100014</v>
+        <v>77756667000017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>53220249322</v>
+        <v>53290978029</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77756667000017</v>
+        <v>77849371800010</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3">
-        <v>53290978029</v>
+        <v>43700023870</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77849371800010</v>
+        <v>77970317200014</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="I22" s="3">
-        <v>43700023870</v>
+        <v>82690081769</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>77970317200014</v>
+        <v>78131244200028</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="I23" s="3">
-        <v>82690081769</v>
+        <v>54170034217</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1593,31 +1593,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 01:06:47</dc:description>
+  <dc:description>Export en date du 02/14/2026 21:20:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>