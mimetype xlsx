--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -94,87 +94,87 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JULES HAAG</t>
   </si>
   <si>
     <t>GRETA GRPT ETS POUR FORMAT CONTINUE</t>
   </si>
   <si>
     <t>35 AVENUE DE MONTRAPON 25000 BESANCON</t>
   </si>
   <si>
     <t>01/05/1989</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>4325P000725</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
+    <t>POLE ETUDE RECHERCHE FORMATION</t>
+  </si>
+  <si>
+    <t>ESPACE TECHNOLOGIQUE JEAN BERTIN 23 RUE HELENE BOUCHER 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>07/12/2017</t>
+  </si>
+  <si>
     <t>ASS READAPTATION FORMAT PROFESSIONNELLE</t>
   </si>
   <si>
     <t>57 RUE ALBERT CAMUS 68200 MULHOUSE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>FEDERATION COMPAGNONNIQUE REGIONALE D' ILE DE FRANCE</t>
   </si>
   <si>
     <t>143 AVENUE JEAN JAURES 75019 PARIS</t>
   </si>
   <si>
     <t>85.32Z</t>
-  </si>
-[...16 lines deleted...]
-    <t>19/07/1999</t>
   </si>
   <si>
     <t>CONCEPT X FORMATION</t>
   </si>
   <si>
     <t>16 RUE LETHIERE 97100 BASSE-TERRE</t>
   </si>
   <si>
     <t>15/06/2014</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
@@ -683,191 +683,191 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>77895430500018</v>
+        <v>32434542000040</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>42680022768</v>
+        <v>73310029931</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78477959700029</v>
+        <v>51890309100024</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>11750060875</v>
+        <v>72400089740</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>51890309100024</v>
+        <v>77895430500018</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I6" s="3">
-        <v>72400089740</v>
+        <v>42680022768</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>32434542000040</v>
+        <v>78477959700029</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="I7" s="3">
-        <v>73310029931</v>
+        <v>11750060875</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>80265173700016</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
@@ -1031,31 +1031,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 14:27:42</dc:description>
+  <dc:description>Export en date du 01/31/2026 07:42:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>