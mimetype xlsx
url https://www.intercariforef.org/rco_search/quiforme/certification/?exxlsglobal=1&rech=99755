--- v1 (2026-01-31)
+++ v2 (2026-03-20)
@@ -1031,31 +1031,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/31/2026 07:42:40</dc:description>
+  <dc:description>Export en date du 03/20/2026 08:16:01</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>