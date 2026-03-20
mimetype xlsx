--- v2 (2026-03-20)
+++ v3 (2026-03-20)
@@ -1031,31 +1031,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/20/2026 08:16:01</dc:description>
+  <dc:description>Export en date du 03/20/2026 10:35:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>