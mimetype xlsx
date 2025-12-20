--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -241,75 +241,75 @@
   <si>
     <t>LEGTA DE CROIX RIVAIL</t>
   </si>
   <si>
     <t>BOIS ROUGE CROIX RIVAIL 97224 DUCOS</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9797P001497</t>
   </si>
   <si>
     <t>EPLEFPA FORMA'TERRA</t>
   </si>
   <si>
     <t>LEGTA EMILE BOYER DE LA GIRODAY</t>
   </si>
   <si>
     <t>165 ROUTE DE MAFATE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
+  </si>
+  <si>
+    <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE ET D'EDUCATION</t>
+  </si>
+  <si>
+    <t>PERSONNEL REGIME PRIVE 10 RUE DE L'EUROPE 26140 ANNEYRON</t>
+  </si>
+  <si>
     <t>PLATE FORME 21 POUR LE DEVELOPPEMENT DURABLE</t>
   </si>
   <si>
     <t>VETAGRO SUP CAMPUS AGRONO DE CLERMONT 89 AVENUE DE L'EUROPE 63370 LEMPDES</t>
   </si>
   <si>
     <t>20/12/2012</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...13 lines deleted...]
-    <t>PERSONNEL REGIME PRIVE 10 RUE DE L'EUROPE 26140 ANNEYRON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1252,151 +1252,151 @@
       <c r="F15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="3">
         <v>98970035397</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>50197912400028</v>
+        <v>77719323600018</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="I16" s="3">
-        <v>83630433263</v>
+        <v>73810014281</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77719323600018</v>
+        <v>77939329700014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I17" s="3">
-        <v>73810014281</v>
+        <v>82260161826</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77939329700014</v>
+        <v>50197912400028</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="I18" s="3">
-        <v>82260161826</v>
+        <v>83630433263</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1415,31 +1415,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 05:44:28</dc:description>
+  <dc:description>Export en date du 12/20/2025 02:06:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>