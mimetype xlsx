--- v1 (2025-12-20)
+++ v2 (2026-03-10)
@@ -241,75 +241,75 @@
   <si>
     <t>LEGTA DE CROIX RIVAIL</t>
   </si>
   <si>
     <t>BOIS ROUGE CROIX RIVAIL 97224 DUCOS</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9797P001497</t>
   </si>
   <si>
     <t>EPLEFPA FORMA'TERRA</t>
   </si>
   <si>
     <t>LEGTA EMILE BOYER DE LA GIRODAY</t>
   </si>
   <si>
     <t>165 ROUTE DE MAFATE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
+    <t>PLATE FORME 21 POUR LE DEVELOPPEMENT DURABLE</t>
+  </si>
+  <si>
+    <t>VETAGRO SUP CAMPUS AGRONO DE CLERMONT 89 AVENUE DE L'EUROPE 63370 LEMPDES</t>
+  </si>
+  <si>
+    <t>20/12/2012</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
   </si>
   <si>
     <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE ET D'EDUCATION</t>
   </si>
   <si>
     <t>PERSONNEL REGIME PRIVE 10 RUE DE L'EUROPE 26140 ANNEYRON</t>
-  </si>
-[...10 lines deleted...]
-    <t>94.99Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1252,151 +1252,151 @@
       <c r="F15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="3">
         <v>98970035397</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77719323600018</v>
+        <v>50197912400028</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
       <c r="I16" s="3">
-        <v>73810014281</v>
+        <v>83630433263</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77939329700014</v>
+        <v>77719323600018</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I17" s="3">
-        <v>82260161826</v>
+        <v>73810014281</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>50197912400028</v>
+        <v>77939329700014</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>83</v>
+        <v>28</v>
       </c>
       <c r="I18" s="3">
-        <v>83630433263</v>
+        <v>82260161826</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1415,31 +1415,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/20/2025 02:06:55</dc:description>
+  <dc:description>Export en date du 03/10/2026 11:31:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>