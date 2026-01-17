--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -454,141 +454,141 @@
   <si>
     <t>UNIVERSITE PARIS VIII.PARIS VINCENN</t>
   </si>
   <si>
     <t>2 RUE DE LA LIBERTE 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
+    <t>CNAM BRETAGNE - AGCNAM</t>
+  </si>
+  <si>
+    <t>2 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
+  </si>
+  <si>
+    <t>02/02/2009</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
+  </si>
+  <si>
+    <t>12 PL DES ABATTOIRS 13015 MARSEILLE 15EME</t>
+  </si>
+  <si>
+    <t>16/06/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATION DES ARTS ET METIERS AUVERGNE-RHONE-ALPES</t>
+  </si>
+  <si>
+    <t>CNAM AUVERGNE RHONE ALPES</t>
+  </si>
+  <si>
+    <t>4 RUE RAVIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>07/07/2011</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REUNION</t>
+  </si>
+  <si>
+    <t>ZAC 2000 18 RUE CLAUDE CHAPPE 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>26/07/2017</t>
+  </si>
+  <si>
+    <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
+  </si>
+  <si>
+    <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
     <t>CNAM ILE DE FRANCE - AGCNAM</t>
   </si>
   <si>
     <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
-    <t>85.59A</t>
+    <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
+  </si>
+  <si>
+    <t>PARC EUROMEDECINE 989 RUE DE LA CROIX VERTE 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
   </si>
   <si>
     <t>OPERATEUR PUBLIC REGIONAL DE FORMATION</t>
   </si>
   <si>
     <t>LE LARIVOT 49 LOTISSEMENT DALMAZIR 97351 MATOURY</t>
-  </si>
-[...73 lines deleted...]
-    <t>01/04/2006</t>
   </si>
   <si>
     <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>13 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
   </si>
   <si>
     <t>15/07/2002</t>
   </si>
   <si>
     <t>4390P000290</t>
   </si>
   <si>
     <t>CNAM HAUTS-DE-FRANCE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>AV DES FACULTES 80000 AMIENS</t>
   </si>
   <si>
     <t>23/01/1990</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CNAM DE MARTINIQUE</t>
   </si>
@@ -2482,416 +2482,416 @@
       <c r="F38" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>145</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>78515062400365</v>
+        <v>43411361900119</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>148</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I39" s="3">
-        <v>11753852175</v>
+        <v>53220704022</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>79492628700028</v>
+        <v>43964416200034</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>151</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>31</v>
+        <v>152</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="I40" s="3"/>
+      <c r="I40" s="3">
+        <v>93131641013</v>
+      </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>43411361900119</v>
+        <v>44320628900045</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D41" s="2"/>
+        <v>153</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>154</v>
+      </c>
       <c r="E41" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="I41" s="3">
-        <v>53220704022</v>
+        <v>82690751869</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>43964416200034</v>
+        <v>44338132200025</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="I42" s="3">
-        <v>93131641013</v>
+        <v>98970282197</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>44320628900045</v>
+        <v>44911357000013</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>22</v>
+        <v>149</v>
       </c>
       <c r="I43" s="3">
-        <v>82690751869</v>
+        <v>24450217445</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>44338132200025</v>
+        <v>78515062400365</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>22</v>
+        <v>149</v>
       </c>
       <c r="I44" s="3">
-        <v>98970282197</v>
+        <v>11753852175</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>44911357000013</v>
+        <v>49189213900016</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I45" s="3">
-        <v>24450217445</v>
+        <v>91340604534</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I46" s="3">
         <v>31590046859</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>32439762900118</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I47" s="3">
         <v>52440210544</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>49189213900016</v>
+        <v>79492628700028</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>176</v>
+        <v>31</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="I48" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I48" s="3"/>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>34022316300023</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>179</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>180</v>
@@ -3354,31 +3354,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/02/2025 15:58:20</dc:description>
+  <dc:description>Export en date du 01/17/2026 04:55:32</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>