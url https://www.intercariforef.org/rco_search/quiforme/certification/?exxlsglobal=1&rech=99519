--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -151,126 +151,126 @@
   <si>
     <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>4370P001470</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALGOUD-LAFFEMAS - LYCEE DES METIERS DU NUMERIQUE</t>
   </si>
   <si>
     <t>GRETA ARDECHE DROME</t>
   </si>
   <si>
     <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>8226P000726</t>
   </si>
   <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION D'APPRENTIS</t>
+  </si>
+  <si>
+    <t>53 AVENUE SIDOINE APOLLINAIRE 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1999</t>
+  </si>
+  <si>
+    <t>IFCA</t>
+  </si>
+  <si>
+    <t>17 BOULEVARD D'ANVAUX 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>GROUPE F.C.D.</t>
+  </si>
+  <si>
+    <t>117 BOULEVARD BESSIERES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>25/09/2007</t>
+  </si>
+  <si>
+    <t>ECOLE DE MAROQUINERIE D'AVOUDREY - E.M.A.</t>
+  </si>
+  <si>
+    <t>26 RUE DE LA GARE 25690 AVOUDREY</t>
+  </si>
+  <si>
+    <t>31/05/2011</t>
+  </si>
+  <si>
+    <t>MFR-CFA LA GAUTELLERIE</t>
+  </si>
+  <si>
+    <t>28 RUE DU BREIL 72160 THORIGNE-SUR-DUE</t>
+  </si>
+  <si>
+    <t>01/08/2021</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>POUR LA REEDUCATION PROF ET SOCIALE</t>
+  </si>
+  <si>
+    <t>ARPS AIDE PAR LE TRAVAIL RUE CHATEAU DE FONTENAILLES 37360 BEAUMONT-LOUESTAULT</t>
+  </si>
+  <si>
+    <t>01/06/1986</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
     <t>ASS LA CULTURE LOISIRS EDUCATION FORMATI</t>
   </si>
   <si>
     <t>92 RES MAIMOUNA 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...64 lines deleted...]
-    <t>88.10C</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
@@ -938,297 +938,297 @@
       <c r="F7" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>38332311000023</v>
+        <v>77566202600910</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D8" s="2"/>
+      <c r="D8" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>95970034897</v>
+        <v>11750079275</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>53322560300018</v>
+        <v>41226820300038</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D9" s="2"/>
+      <c r="D9" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="E9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="I9" s="3">
-        <v>43250251625</v>
+        <v>24360051536</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>50026166400014</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
         <v>11755367375</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41226820300038</v>
+        <v>53322560300018</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>24360051536</v>
+        <v>43250251625</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77566202600910</v>
+        <v>30478507400028</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="D12" s="2"/>
+      <c r="E12" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="I12" s="3">
-        <v>11750079275</v>
+        <v>52720167872</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30478507400028</v>
+        <v>30644513100031</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I13" s="3">
-        <v>52720167872</v>
+        <v>24370097937</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30644513100031</v>
+        <v>38332311000023</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I14" s="3">
-        <v>24370097937</v>
+        <v>95970034897</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="2"/>
@@ -1512,31 +1512,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 04:24:54</dc:description>
+  <dc:description>Export en date du 01/02/2026 13:42:32</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>