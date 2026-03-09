--- v1 (2026-01-02)
+++ v2 (2026-03-09)
@@ -151,126 +151,126 @@
   <si>
     <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>4370P001470</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALGOUD-LAFFEMAS - LYCEE DES METIERS DU NUMERIQUE</t>
   </si>
   <si>
     <t>GRETA ARDECHE DROME</t>
   </si>
   <si>
     <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>8226P000726</t>
   </si>
   <si>
-    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+    <t>MFR-CFA LA GAUTELLERIE</t>
+  </si>
+  <si>
+    <t>28 RUE DU BREIL 72160 THORIGNE-SUR-DUE</t>
+  </si>
+  <si>
+    <t>01/08/2021</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>POUR LA REEDUCATION PROF ET SOCIALE</t>
+  </si>
+  <si>
+    <t>ARPS AIDE PAR LE TRAVAIL RUE CHATEAU DE FONTENAILLES 37360 BEAUMONT-LOUESTAULT</t>
+  </si>
+  <si>
+    <t>01/06/1986</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>ASS LA CULTURE LOISIRS EDUCATION FORMATI</t>
+  </si>
+  <si>
+    <t>92 RES MAIMOUNA 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>IFCA</t>
+  </si>
+  <si>
+    <t>17 BOULEVARD D'ANVAUX 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>GROUPE F.C.D.</t>
+  </si>
+  <si>
+    <t>117 BOULEVARD BESSIERES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>25/09/2007</t>
+  </si>
+  <si>
+    <t>ECOLE DE MAROQUINERIE D'AVOUDREY - E.M.A.</t>
+  </si>
+  <si>
+    <t>26 RUE DE LA GARE 25690 AVOUDREY</t>
+  </si>
+  <si>
+    <t>31/05/2011</t>
+  </si>
+  <si>
+    <t>ASSOCIATION OUVRIERE DES COMPAGNONS DU DEVOIR DU TOUR DE FRANCE</t>
   </si>
   <si>
     <t>CTRE FORMATION D'APPRENTIS</t>
   </si>
   <si>
     <t>53 AVENUE SIDOINE APOLLINAIRE 69009 LYON</t>
   </si>
   <si>
     <t>01/01/1999</t>
-  </si>
-[...64 lines deleted...]
-    <t>94.99Z</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
@@ -938,303 +938,303 @@
       <c r="F7" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77566202600910</v>
+        <v>30478507400028</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="D8" s="2"/>
+      <c r="E8" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="I8" s="3">
-        <v>11750079275</v>
+        <v>52720167872</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>41226820300038</v>
+        <v>30644513100031</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I9" s="3">
-        <v>24360051536</v>
+        <v>24370097937</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>50026166400014</v>
+        <v>38332311000023</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="I10" s="3">
-        <v>11755367375</v>
+        <v>95970034897</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>53322560300018</v>
+        <v>41226820300038</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>57</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>57</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="I11" s="3">
-        <v>43250251625</v>
+        <v>24360051536</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>30478507400028</v>
+        <v>50026166400014</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>52720167872</v>
+        <v>11755367375</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30644513100031</v>
+        <v>53322560300018</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>24370097937</v>
+        <v>43250251625</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38332311000023</v>
+        <v>77566202600910</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D14" s="2"/>
+      <c r="D14" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>95970034897</v>
+        <v>11750079275</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>73</v>
       </c>
@@ -1512,31 +1512,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/02/2026 13:42:32</dc:description>
+  <dc:description>Export en date du 03/09/2026 23:33:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>