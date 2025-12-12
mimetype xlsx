--- v0 (2025-10-22)
+++ v1 (2025-12-12)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -217,95 +217,527 @@
   <si>
     <t>47 BOULEVARD PIERRE DE COUBERTIN 60180 NOGENT-SUR-OISE</t>
   </si>
   <si>
     <t>10/07/1989</t>
   </si>
   <si>
     <t>2260P000460</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA HOTOIE</t>
   </si>
   <si>
     <t xml:space="preserve">    GRETA SOMME</t>
   </si>
   <si>
     <t>80 RUE DU BATONNIER MAHIU 80000 AMIENS</t>
   </si>
   <si>
     <t>26/02/2025</t>
   </si>
   <si>
     <t>2280P000780</t>
   </si>
   <si>
+    <t>ASSOCIATION ENVERGURE</t>
+  </si>
+  <si>
+    <t>9 RUE DE L’ESCOUVRIER 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>16 AVENUE JEAN JAURES 94600 CHOISY-LE-ROI</t>
+  </si>
+  <si>
+    <t>01/06/2021</t>
+  </si>
+  <si>
+    <t>CENTRE PEDAGOGIQUE POLYVALENT DE L'UNION</t>
+  </si>
+  <si>
+    <t>BATIMENT II 1 RPT DE FLOTIS 31240 ST JEAN</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>GROUPE BELMONT</t>
+  </si>
+  <si>
+    <t>MONTFAVET 95 ALLEE CAMILLE CLAUDEL 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>12/02/2018</t>
+  </si>
+  <si>
+    <t>ACTE 1</t>
+  </si>
+  <si>
+    <t>ZI 335 RUE DE LA JUSTICE 77000 VAUX-LE-PENIL</t>
+  </si>
+  <si>
+    <t>01/02/1993</t>
+  </si>
+  <si>
+    <t>INSTIT REGIONAL FORMAT METIERS SECURITE</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY 24 RUE HENRI BECQUEREL-JARRY 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
     <t>F P S G FORMATION PREVENTION SECURITE GENERALE EN ABREGE FIDUCIAL SECURITE</t>
   </si>
   <si>
     <t>41 RUE DU CAPITAINE GUYNEMER 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>01/10/2015</t>
   </si>
   <si>
     <t>4 AVENUE DOCTEUR SCHWEITZER 69330 MEYZIEU</t>
   </si>
   <si>
     <t>01/04/2017</t>
   </si>
   <si>
     <t>AMPHIA CONSEIL ET FORMATION</t>
   </si>
   <si>
     <t>2 RUE DU BOIS SAUVAGE 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>04/02/2019</t>
   </si>
   <si>
     <t>AVENIR SERVICES FORMATION</t>
   </si>
   <si>
     <t>ACTIMART 6 ALLEE DES BANQUIERS 13290 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>24/11/2000</t>
   </si>
   <si>
+    <t>PANTHERA FORMATION</t>
+  </si>
+  <si>
+    <t>1499 AVENUE DE LA HOUILLE BLANCHE 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>12/06/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>BLUE CONCEPT</t>
+  </si>
+  <si>
+    <t>BATIMENT DE HAUTE TECHNOLOGIE NUMERO 8 2 B AVENUE DES COQUELICOTS 94380 BONNEUIL-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/10/2016</t>
+  </si>
+  <si>
+    <t>16 RUE MARCEL DUTARTRE 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>15/11/2016</t>
+  </si>
+  <si>
+    <t>IP.SEQ.</t>
+  </si>
+  <si>
+    <t>5 A RUE DU CHALET 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>29/10/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>18/09/2007</t>
+  </si>
+  <si>
+    <t>ZONE SILIC 80 RUE D'ARCUEIL 94150 RUNGIS</t>
+  </si>
+  <si>
+    <t>02/01/2015</t>
+  </si>
+  <si>
+    <t>GROUPE NS</t>
+  </si>
+  <si>
+    <t>RD 922 60520 LA CHAPELLE-EN-SERVAL</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>TOUTE LA FORMATION</t>
+  </si>
+  <si>
+    <t>TLF FORMATION</t>
+  </si>
+  <si>
+    <t>IMM MAGIC - ZI JARRY 3 RUE JEAN GOTHLAND 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>SOTEL FORMATION</t>
+  </si>
+  <si>
+    <t>3 CABANIS 31240 L UNION</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ALXIA</t>
+  </si>
+  <si>
+    <t>BROC CENTER 5600 METRES C 1ERE AVEN 1 PLAN CARROS 06510 CARROS</t>
+  </si>
+  <si>
+    <t>31/12/2014</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>LARCANS ACADEMY</t>
+  </si>
+  <si>
+    <t>LARCANS ACADEMY FLANDRES</t>
+  </si>
+  <si>
+    <t>ZAC DE TEMPLEMARS LA PEPINIERE RUE DE L EPINOY 59175 TEMPLEMARS</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>DATAOS</t>
+  </si>
+  <si>
+    <t>3 RUE LEBOUIS 75014 PARIS</t>
+  </si>
+  <si>
+    <t>26/08/2009</t>
+  </si>
+  <si>
+    <t>SECURITEAM OPTIONS FORMATION</t>
+  </si>
+  <si>
+    <t>LE TRANSAT 5 RUE SIMONE SIGNORET 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>31/07/2014</t>
+  </si>
+  <si>
+    <t>CEFIAC FORMATION</t>
+  </si>
+  <si>
+    <t>31 AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>01/11/2007</t>
+  </si>
+  <si>
+    <t>CECYS CENTR ENSEIG CYNOPHILE</t>
+  </si>
+  <si>
+    <t>CECYS</t>
+  </si>
+  <si>
+    <t>102 A 110 102 AVENUE MARCEAU 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE SAINT FREDERIC 15 RUE DE LA TILLOLE 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>03/09/2024</t>
+  </si>
+  <si>
+    <t>INSTITUT NICOLAS BARRE</t>
+  </si>
+  <si>
+    <t>145 AVENUE MARC SANGNIER 59280 ARMENTIERES</t>
+  </si>
+  <si>
+    <t>05/02/1987</t>
+  </si>
+  <si>
+    <t>TONNERRE 511 DELTA</t>
+  </si>
+  <si>
+    <t>17 RUE PIERRE SEMARD 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>11/03/2019</t>
+  </si>
+  <si>
+    <t>A.F.C.</t>
+  </si>
+  <si>
+    <t>24 BOULEVARD PAUL VAILLANT COUTURIER 94200 IVRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>DESFORM</t>
+  </si>
+  <si>
+    <t>MASTER INSTITUTE</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>SECURITE INCENDIE.IDF</t>
+  </si>
+  <si>
+    <t>6 RUE DU BOIS SAUVAGE 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/12/2017</t>
+  </si>
+  <si>
+    <t>S.A.T (SECURITY ACADEMY TRAINING)</t>
+  </si>
+  <si>
+    <t>134-142 134 RUE DANTON 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
+    <t>2M TRAINING</t>
+  </si>
+  <si>
+    <t>305 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>LADAPT</t>
+  </si>
+  <si>
+    <t>CTRE DE REED ET DE READPT PROF</t>
+  </si>
+  <si>
+    <t>1 RUE DE MAULE 72650 SAINT-SATURNIN</t>
+  </si>
+  <si>
+    <t>01/01/1982</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>GROUPE SECURITE FORMATION</t>
+  </si>
+  <si>
+    <t>ROUTE DU CENTRE VIE LA FOSSETTE 13270 FOS-SUR-MER</t>
+  </si>
+  <si>
+    <t>16/06/2021</t>
+  </si>
+  <si>
+    <t>ALTER EGO PRP</t>
+  </si>
+  <si>
+    <t>22 - 24 22 RUE DU PRE DES AULNES 77340 PONTAULT-COMBAULT</t>
+  </si>
+  <si>
+    <t>15/03/2014</t>
+  </si>
+  <si>
+    <t>A.C.G.D.</t>
+  </si>
+  <si>
+    <t>9 RUE ANDRE PINGAT 51100 REIMS</t>
+  </si>
+  <si>
+    <t>23/03/2022</t>
+  </si>
+  <si>
+    <t>168 AVENUE JOHN FITZGERALD KENNEDY 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>06/01/2025</t>
+  </si>
+  <si>
+    <t>EASY SUCCESS</t>
+  </si>
+  <si>
+    <t>10 RUE DUVERGIER 75019 PARIS</t>
+  </si>
+  <si>
+    <t>ONE 2 ONE</t>
+  </si>
+  <si>
+    <t>13 RUE MAURICE TOMI 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>FCAG</t>
+  </si>
+  <si>
+    <t>IMM AVANTAGE C/O BURO CLUB B 1ER ETAGE 11 RUE DES ARTS ET METIERS 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>01/05/2017</t>
+  </si>
+  <si>
+    <t>02973111897</t>
+  </si>
+  <si>
+    <t>CENTRE REEDUCATION INVALIDES CIVILS</t>
+  </si>
+  <si>
+    <t>CRP CRIC PYRENEES</t>
+  </si>
+  <si>
+    <t>AVENUE DES FRERES BARTHELEMY 64110 JURANCON</t>
+  </si>
+  <si>
+    <t>01/04/1989</t>
+  </si>
+  <si>
+    <t>CONSEIL ET FORMATION EN SECURITE &amp; ACCOMPAGNEMENT A L'EMPLOI</t>
+  </si>
+  <si>
+    <t>23 RUE DU JEU DE L'ARC 95160 MONTMORENCY</t>
+  </si>
+  <si>
+    <t>28/02/2014</t>
+  </si>
+  <si>
+    <t>HAUTE ECOLE DE LA SECURITE PRIVEE</t>
+  </si>
+  <si>
+    <t>H.E.S.P.</t>
+  </si>
+  <si>
+    <t>11 AV DES VIEUX MOULINS - ANNECY 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>01/05/2014</t>
+  </si>
+  <si>
+    <t>NOUVEL R FORMATION</t>
+  </si>
+  <si>
+    <t>43 RUE DE L’UNIVERSITE 93160 NOISY-LE-GRAND</t>
+  </si>
+  <si>
+    <t>15/09/2016</t>
+  </si>
+  <si>
+    <t>CONVERGENCE FORMATION</t>
+  </si>
+  <si>
+    <t>2721 CHEMIN DE SAINT CLAUDE 06600 ANTIBES</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>21 RUE PELLART 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>CREDER</t>
+  </si>
+  <si>
+    <t>MASTERCLUB - BAT E RUE DU PROFESSEUR PIERRE DANGEARD 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t>D.G.F - LOGIC</t>
+  </si>
+  <si>
+    <t>2 RUE MARIE CAZE 97438 SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>09/01/2023</t>
+  </si>
+  <si>
+    <t>SARL NIS FORMATION</t>
+  </si>
+  <si>
+    <t>SECTION MONMAIN 2 ROUTE DESHAUTEURS 97180 SAINTE-ANNE</t>
+  </si>
+  <si>
+    <t>19/03/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
+  </si>
+  <si>
+    <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>22/12/2016</t>
+  </si>
+  <si>
     <t>INSTITUT NATIONAL DE SURETE ET DE SECURITE INCENDIE</t>
   </si>
   <si>
     <t>9 RUE PIERRE ET MARIE CURIE 94200 IVRY-SUR-SEINE</t>
   </si>
   <si>
     <t>20/12/2017</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>AZS FORMATION</t>
   </si>
   <si>
     <t>CTRE COMMERCIAL LES HELLENES LOCAL 2 SAINT LEGER 83300 DRAGUIGNAN</t>
   </si>
   <si>
     <t>16/05/2016</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
@@ -313,474 +745,57 @@
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>54 BOULEVARD LAVERAN 13013 MARSEILLE</t>
   </si>
   <si>
     <t>CHEMIN DE LA CLUE 13011 MARSEILLE</t>
   </si>
   <si>
     <t>53 RUE MAURICE ROLLINAT 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
     <t>LE PALAYS 1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>FCS FORMATION</t>
   </si>
   <si>
     <t>11-15 CENTRE CCIAL CROIX DE CHAVAUX 11 AVENUE DE LA RESISTANCE 93100 MONTREUIL</t>
   </si>
   <si>
     <t>01/09/2020</t>
   </si>
   <si>
-    <t>SOTEL FORMATION</t>
-[...422 lines deleted...]
-    <t>02973111897</t>
+    <t>JCK FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>BATIMENT 9 800 ROUTE DE LA SEDS 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>08/08/2022</t>
   </si>
   <si>
     <t>MT FORMATION</t>
   </si>
   <si>
     <t>8 - 10 APOGEE B 8 ROND-POINT DE LA NATION 21000 DIJON</t>
   </si>
   <si>
     <t>01/12/2018</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION PROFESSIONNELLE EN SECURITE</t>
   </si>
   <si>
     <t>345-347 345 AVENUE DU GENERAL DE GAULLE 92140 CLAMART</t>
   </si>
   <si>
     <t>26/03/2018</t>
   </si>
   <si>
     <t>NPFS</t>
   </si>
   <si>
     <t>1 ZONE ARTISANALE LE PETIT CERF 24430 COURSAC</t>
   </si>
@@ -1260,51 +1275,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M89"/>
+  <dimension ref="A1:M91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1747,2904 +1762,2978 @@
       <c r="F12" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>66</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>41391229600048</v>
+        <v>34465627700094</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I13" s="3">
-        <v>11921004292</v>
+        <v>11930705393</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>41391229600055</v>
+        <v>34465627700334</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I14" s="3">
-        <v>11921004292</v>
+        <v>11930705393</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>41928081300090</v>
+        <v>35323259800048</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I15" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>42037863000024</v>
+        <v>37835655400030</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I16" s="3">
-        <v>93130864713</v>
+        <v>93840077184</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>81508143500035</v>
+        <v>39013467400014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="I17" s="3">
-        <v>11940910194</v>
+        <v>11770136977</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>82016444000019</v>
+        <v>39372454700038</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="D18" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>82409268800012</v>
+        <v>41391229600048</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I19" s="3">
-        <v>11930762893</v>
+        <v>11921004292</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>82409268800053</v>
+        <v>41391229600055</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I20" s="3">
-        <v>11930762893</v>
+        <v>11921004292</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>82409268800186</v>
+        <v>41928081300090</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I21" s="3">
-        <v>11930762893</v>
+        <v>11910416791</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>82409268800210</v>
+        <v>42037863000024</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I22" s="3">
-        <v>11930762893</v>
+        <v>93130864713</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>82422814200488</v>
+        <v>44221809500028</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="I23" s="3">
-        <v>11930743393</v>
+        <v>82730084873</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>82422814200579</v>
+        <v>44755611900066</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I24" s="3">
-        <v>11930743393</v>
+        <v>82690798669</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>82422814201064</v>
+        <v>44755611900074</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>21</v>
+        <v>103</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I25" s="3">
-        <v>11930743393</v>
+        <v>82690798669</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>82422814201551</v>
+        <v>45033578100024</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I26" s="3">
-        <v>11930743393</v>
+        <v>93131248613</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>82524608500047</v>
+        <v>45211949800023</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I27" s="3">
-        <v>11930754793</v>
+        <v>11930518993</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>48387270100014</v>
+        <v>45211949800163</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="I28" s="3">
-        <v>73310456431</v>
+        <v>11930518993</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>48852069300034</v>
+        <v>48198261900043</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>48879664000040</v>
+        <v>48261013600046</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I30" s="3">
-        <v>31620193062</v>
+        <v>95970130997</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>49203942500029</v>
+        <v>48387270100014</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="I31" s="3">
-        <v>11755520575</v>
+        <v>73310456431</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>49217053500032</v>
+        <v>48852069300034</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>50459095100035</v>
+        <v>48879664000040</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>117</v>
+        <v>129</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>118</v>
+        <v>130</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I33" s="3">
-        <v>72640298264</v>
+        <v>31620193062</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>50498097000033</v>
+        <v>49203942500029</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I34" s="3">
-        <v>11940732394</v>
+        <v>11755520575</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>50510044600044</v>
+        <v>49217053500032</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I35" s="3">
-        <v>93131536313</v>
+        <v>53560817956</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>33432517200073</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>33512883100039</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I37" s="3">
         <v>11751048975</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>33512883100054</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I38" s="3">
         <v>11751048975</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>34012780200015</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>138</v>
+        <v>98</v>
       </c>
       <c r="I39" s="3">
         <v>31590068559</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>35323259800048</v>
+        <v>50459095100035</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="D40" s="2"/>
+        <v>149</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>149</v>
+      </c>
       <c r="E40" s="2" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I40" s="3"/>
+      <c r="I40" s="3">
+        <v>72640298264</v>
+      </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>37835655400030</v>
+        <v>50498097000033</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>144</v>
+        <v>114</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I41" s="3">
-        <v>93840077184</v>
+        <v>11940732394</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>39013467400014</v>
+        <v>50510044600044</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="D42" s="2"/>
+        <v>154</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>155</v>
+      </c>
       <c r="E42" s="2" t="s">
-        <v>146</v>
+        <v>105</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I42" s="3">
-        <v>11770136977</v>
+        <v>93131536313</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>39372454700038</v>
+        <v>50905949900038</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I43" s="3"/>
+      <c r="I43" s="3">
+        <v>11910677691</v>
+      </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>79760972400076</v>
+        <v>53980512700054</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I44" s="3">
-        <v>93131922613</v>
+        <v>11754855075</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>80089219200017</v>
+        <v>75320095500049</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>163</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>163</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I45" s="3">
-        <v>11950635695</v>
+        <v>11930647393</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>80211433000011</v>
+        <v>77569338500392</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>27</v>
+        <v>170</v>
       </c>
       <c r="I46" s="3">
-        <v>82740299974</v>
+        <v>11930425593</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>80254529300028</v>
+        <v>79760972400076</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I47" s="3">
-        <v>11930736693</v>
+        <v>93131922613</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>80293624500033</v>
+        <v>52057390800032</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I48" s="3">
-        <v>93060804906</v>
+        <v>11770531577</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>80443252400010</v>
+        <v>52490818300030</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>169</v>
+        <v>27</v>
       </c>
       <c r="I49" s="3">
-        <v>31590878459</v>
+        <v>32620428562</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>80471064800085</v>
+        <v>52490818300055</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="I50" s="3">
-        <v>72330955933</v>
+        <v>32620428562</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>80878661000044</v>
+        <v>52885000100033</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>175</v>
+        <v>130</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I51" s="3">
-        <v>98970431397</v>
+        <v>11755070775</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>81034790600010</v>
+        <v>45404576600069</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="I52" s="3">
-        <v>95970197197</v>
+        <v>98970293297</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>81142142900028</v>
+        <v>82975288000015</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I53" s="3">
-        <v>97973068497</v>
+      <c r="I53" s="3" t="s">
+        <v>190</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>52885000100033</v>
+        <v>77694494400045</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="D54" s="2"/>
+        <v>191</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>192</v>
+      </c>
       <c r="E54" s="2" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>109</v>
+        <v>194</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>27</v>
+        <v>170</v>
       </c>
       <c r="I54" s="3">
-        <v>11755070775</v>
+        <v>73310124431</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>53980512700054</v>
+        <v>80089219200017</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>184</v>
+        <v>195</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I55" s="3">
-        <v>11754855075</v>
+        <v>11950635695</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>50905949900038</v>
+        <v>80211433000011</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>198</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>199</v>
+      </c>
       <c r="E56" s="2" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I56" s="3">
-        <v>11910677691</v>
+        <v>82740299974</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>52057390800032</v>
+        <v>80254529300028</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>190</v>
+        <v>202</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I57" s="3">
-        <v>11770531577</v>
+        <v>11930736693</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>77569338500392</v>
+        <v>80293624500033</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>197</v>
+        <v>27</v>
       </c>
       <c r="I58" s="3">
-        <v>11930425593</v>
+        <v>93060804906</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>77694494400045</v>
+        <v>80443252400010</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>201</v>
+        <v>31</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>197</v>
+        <v>210</v>
       </c>
       <c r="I59" s="3">
-        <v>73310124431</v>
+        <v>31590878459</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>75320095500049</v>
+        <v>80471064800085</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>27</v>
+        <v>126</v>
       </c>
       <c r="I60" s="3">
-        <v>11930647393</v>
+        <v>72330955933</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>52490818300030</v>
+        <v>80878661000044</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I61" s="3">
-        <v>44510223951</v>
+        <v>98970431397</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>48198261900043</v>
+        <v>81034790600010</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>121</v>
+        <v>219</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I62" s="3"/>
+        <v>122</v>
+      </c>
+      <c r="I62" s="3">
+        <v>95970197197</v>
+      </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>48261013600046</v>
+        <v>81142142900028</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I63" s="3">
-        <v>95970130997</v>
+        <v>97973068497</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>34465627700094</v>
+        <v>81508143500035</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="I64" s="3">
-        <v>11930705393</v>
+        <v>11940910194</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>34465627700334</v>
+        <v>82016444000019</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="D65" s="2"/>
+        <v>226</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>226</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I65" s="3">
-        <v>11930705393</v>
+        <v>93830513983</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>44221809500028</v>
+        <v>82409268800012</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>138</v>
+        <v>27</v>
       </c>
       <c r="I66" s="3">
-        <v>82730084873</v>
+        <v>11930762893</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>44755611900066</v>
+        <v>82409268800053</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I67" s="3">
-        <v>82690798669</v>
+        <v>11930762893</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>44755611900074</v>
+        <v>82409268800186</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>226</v>
+        <v>21</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I68" s="3">
-        <v>82690798669</v>
+        <v>11930762893</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>45033578100024</v>
+        <v>82409268800210</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>124</v>
+        <v>234</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>228</v>
+        <v>21</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I69" s="3">
-        <v>93131248613</v>
+        <v>11930762893</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>45211949800023</v>
+        <v>82422814200488</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>231</v>
+        <v>21</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I70" s="3">
-        <v>11930518993</v>
+        <v>11930743393</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>45211949800163</v>
+        <v>82422814200579</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>233</v>
+        <v>21</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I71" s="3">
-        <v>11930518993</v>
+        <v>11930743393</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>45404576600069</v>
+        <v>82422814201064</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>236</v>
+        <v>21</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I72" s="3">
-        <v>98970293297</v>
+        <v>11930743393</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>82975288000015</v>
+        <v>82422814201551</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>239</v>
+        <v>21</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I73" s="3" t="s">
-        <v>240</v>
+      <c r="I73" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>83535930800029</v>
+        <v>82524608500047</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I74" s="3">
-        <v>27210385521</v>
+        <v>11930754793</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>83891422400020</v>
+        <v>83414886800039</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I75" s="3">
-        <v>11922797392</v>
+        <v>93131700313</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>87748271100026</v>
+        <v>83535930800029</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="F76" s="2" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I76" s="3">
-        <v>75240201224</v>
+        <v>27210385521</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>88100107700026</v>
+        <v>83891422400020</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="I77" s="3">
-        <v>11910869891</v>
+        <v>11922797392</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>88139302900015</v>
+        <v>87748271100026</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>27</v>
+      </c>
+      <c r="I78" s="3">
+        <v>75240201224</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>88139302900023</v>
+        <v>88100107700026</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="F79" s="2" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>122</v>
+      </c>
+      <c r="I79" s="3">
+        <v>11910869891</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>88226479900017</v>
+        <v>88139302900015</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="F80" s="2" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>11770695177</v>
+        <v>122</v>
+      </c>
+      <c r="I80" s="3" t="s">
+        <v>261</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>88383015000024</v>
+        <v>88139302900023</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="F81" s="2" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>93060894306</v>
+        <v>122</v>
+      </c>
+      <c r="I81" s="3" t="s">
+        <v>261</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>89131723200017</v>
+        <v>88226479900017</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>264</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
         <v>265</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>266</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I82" s="3">
-        <v>76300470330</v>
+        <v>11770695177</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>89250604900014</v>
+        <v>88383015000024</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>269</v>
+        <v>242</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="I83" s="3">
-        <v>11930862093</v>
+        <v>93060894306</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>89820876400024</v>
+        <v>89131723200017</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="F84" s="2" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="I84" s="3">
-        <v>11930870593</v>
+        <v>76300470330</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>89901287600020</v>
+        <v>89250604900014</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>122</v>
+      </c>
+      <c r="I85" s="3">
+        <v>11930862093</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>91089525900026</v>
+        <v>89820876400024</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="I86" s="3">
-        <v>93132201613</v>
+        <v>11930870593</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>95134272400022</v>
+        <v>89901287600020</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I87" s="3">
-        <v>11756713175</v>
+      <c r="I87" s="3" t="s">
+        <v>281</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>95134272400030</v>
+        <v>91089525900026</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>284</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I88" s="3">
-        <v>11756713175</v>
+        <v>93132201613</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>95278417100011</v>
+        <v>95134272400022</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
         <v>286</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>287</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I89" s="3"/>
+      <c r="I89" s="3">
+        <v>11756713175</v>
+      </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13">
+      <c r="A90" s="1">
+        <v>95134272400030</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I90" s="3">
+        <v>11756713175</v>
+      </c>
+      <c r="J90" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K90" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L90" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M90" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13">
+      <c r="A91" s="1">
+        <v>95278417100011</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="D91" s="2"/>
+      <c r="E91" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="G91" s="2"/>
+      <c r="H91" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I91" s="3"/>
+      <c r="J91" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K91" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L91" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M91" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4658,31 +4747,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/22/2025 04:33:52</dc:description>
+  <dc:description>Export en date du 12/12/2025 20:35:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>