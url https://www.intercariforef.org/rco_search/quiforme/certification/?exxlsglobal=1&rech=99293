--- v1 (2025-12-12)
+++ v2 (2026-02-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -217,50 +217,89 @@
   <si>
     <t>47 BOULEVARD PIERRE DE COUBERTIN 60180 NOGENT-SUR-OISE</t>
   </si>
   <si>
     <t>10/07/1989</t>
   </si>
   <si>
     <t>2260P000460</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA HOTOIE</t>
   </si>
   <si>
     <t xml:space="preserve">    GRETA SOMME</t>
   </si>
   <si>
     <t>80 RUE DU BATONNIER MAHIU 80000 AMIENS</t>
   </si>
   <si>
     <t>26/02/2025</t>
   </si>
   <si>
     <t>2280P000780</t>
   </si>
   <si>
+    <t>CEFIAC FORMATION</t>
+  </si>
+  <si>
+    <t>31 AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>01/11/2007</t>
+  </si>
+  <si>
+    <t>CECYS CENTR ENSEIG CYNOPHILE</t>
+  </si>
+  <si>
+    <t>CECYS</t>
+  </si>
+  <si>
+    <t>102 A 110 102 AVENUE MARCEAU 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE SAINT FREDERIC 15 RUE DE LA TILLOLE 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>03/09/2024</t>
+  </si>
+  <si>
+    <t>INSTITUT NICOLAS BARRE</t>
+  </si>
+  <si>
+    <t>145 AVENUE MARC SANGNIER 59280 ARMENTIERES</t>
+  </si>
+  <si>
+    <t>05/02/1987</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION ENVERGURE</t>
   </si>
   <si>
     <t>9 RUE DE L’ESCOUVRIER 95200 SARCELLES</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>16 AVENUE JEAN JAURES 94600 CHOISY-LE-ROI</t>
   </si>
   <si>
     <t>01/06/2021</t>
   </si>
   <si>
     <t>CENTRE PEDAGOGIQUE POLYVALENT DE L'UNION</t>
   </si>
   <si>
     <t>BATIMENT II 1 RPT DE FLOTIS 31240 ST JEAN</t>
   </si>
   <si>
     <t>01/10/2023</t>
   </si>
   <si>
     <t>GROUPE BELMONT</t>
@@ -268,588 +307,534 @@
   <si>
     <t>MONTFAVET 95 ALLEE CAMILLE CLAUDEL 84000 AVIGNON</t>
   </si>
   <si>
     <t>12/02/2018</t>
   </si>
   <si>
     <t>ACTE 1</t>
   </si>
   <si>
     <t>ZI 335 RUE DE LA JUSTICE 77000 VAUX-LE-PENIL</t>
   </si>
   <si>
     <t>01/02/1993</t>
   </si>
   <si>
     <t>INSTIT REGIONAL FORMAT METIERS SECURITE</t>
   </si>
   <si>
     <t>ZI DE JARRY 24 RUE HENRI BECQUEREL-JARRY 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/01/2005</t>
   </si>
   <si>
+    <t>SI-FIPS</t>
+  </si>
+  <si>
+    <t>14 VILLA DE LOURCINE 75014 PARIS</t>
+  </si>
+  <si>
+    <t>15/05/2021</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>IRSEC ACADEMY</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE TRIDENT LOTISSEMENT MONTGERALD 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>02/01/2020</t>
+  </si>
+  <si>
+    <t>02973247397</t>
+  </si>
+  <si>
+    <t>IMM KAKO-ANGLES DES RUE NOBEL RUE ROBERT FULTON 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>30/03/2022</t>
+  </si>
+  <si>
+    <t>S.A.T (SECURITY ACADEMY TRAINING)</t>
+  </si>
+  <si>
+    <t>134-142 134 RUE DANTON 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
+    <t>GROUPE SECURITE FORMATION</t>
+  </si>
+  <si>
+    <t>ROUTE DU CENTRE VIE LA FOSSETTE 13270 FOS-SUR-MER</t>
+  </si>
+  <si>
+    <t>16/06/2021</t>
+  </si>
+  <si>
+    <t>MT FORMATION</t>
+  </si>
+  <si>
+    <t>8 - 10 APOGEE B 8 ROND-POINT DE LA NATION 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/12/2018</t>
+  </si>
+  <si>
     <t>F P S G FORMATION PREVENTION SECURITE GENERALE EN ABREGE FIDUCIAL SECURITE</t>
   </si>
   <si>
     <t>41 RUE DU CAPITAINE GUYNEMER 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>01/10/2015</t>
   </si>
   <si>
     <t>4 AVENUE DOCTEUR SCHWEITZER 69330 MEYZIEU</t>
   </si>
   <si>
     <t>01/04/2017</t>
   </si>
   <si>
     <t>AMPHIA CONSEIL ET FORMATION</t>
   </si>
   <si>
     <t>2 RUE DU BOIS SAUVAGE 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>04/02/2019</t>
   </si>
   <si>
     <t>AVENIR SERVICES FORMATION</t>
   </si>
   <si>
     <t>ACTIMART 6 ALLEE DES BANQUIERS 13290 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>24/11/2000</t>
   </si>
   <si>
     <t>PANTHERA FORMATION</t>
   </si>
   <si>
     <t>1499 AVENUE DE LA HOUILLE BLANCHE 73000 CHAMBERY</t>
   </si>
   <si>
     <t>12/06/2017</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>BLUE CONCEPT</t>
   </si>
   <si>
     <t>BATIMENT DE HAUTE TECHNOLOGIE NUMERO 8 2 B AVENUE DES COQUELICOTS 94380 BONNEUIL-SUR-MARNE</t>
   </si>
   <si>
     <t>01/10/2016</t>
   </si>
   <si>
     <t>16 RUE MARCEL DUTARTRE 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>15/11/2016</t>
   </si>
   <si>
     <t>IP.SEQ.</t>
   </si>
   <si>
     <t>5 A RUE DU CHALET 13008 MARSEILLE</t>
   </si>
   <si>
     <t>29/10/2015</t>
   </si>
   <si>
     <t>INSTITUT AERO FORMATIONS</t>
   </si>
   <si>
     <t>IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
   </si>
   <si>
     <t>18/09/2007</t>
   </si>
   <si>
     <t>ZONE SILIC 80 RUE D'ARCUEIL 94150 RUNGIS</t>
   </si>
   <si>
     <t>02/01/2015</t>
   </si>
   <si>
+    <t>ONE 2 ONE</t>
+  </si>
+  <si>
+    <t>13 RUE MAURICE TOMI 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>FORMAT.CO</t>
+  </si>
+  <si>
     <t>GROUPE NS</t>
   </si>
   <si>
     <t>RD 922 60520 LA CHAPELLE-EN-SERVAL</t>
   </si>
   <si>
     <t>01/09/2017</t>
   </si>
   <si>
     <t>TOUTE LA FORMATION</t>
   </si>
   <si>
     <t>TLF FORMATION</t>
   </si>
   <si>
     <t>IMM MAGIC - ZI JARRY 3 RUE JEAN GOTHLAND 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>SOTEL FORMATION</t>
   </si>
   <si>
     <t>3 CABANIS 31240 L UNION</t>
   </si>
   <si>
     <t>01/09/2005</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ALXIA</t>
   </si>
   <si>
     <t>BROC CENTER 5600 METRES C 1ERE AVEN 1 PLAN CARROS 06510 CARROS</t>
   </si>
   <si>
     <t>31/12/2014</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>LARCANS ACADEMY</t>
   </si>
   <si>
     <t>LARCANS ACADEMY FLANDRES</t>
   </si>
   <si>
     <t>ZAC DE TEMPLEMARS LA PEPINIERE RUE DE L EPINOY 59175 TEMPLEMARS</t>
   </si>
   <si>
     <t>01/06/2016</t>
   </si>
   <si>
     <t>DATAOS</t>
   </si>
   <si>
     <t>3 RUE LEBOUIS 75014 PARIS</t>
   </si>
   <si>
     <t>26/08/2009</t>
   </si>
   <si>
     <t>SECURITEAM OPTIONS FORMATION</t>
   </si>
   <si>
     <t>LE TRANSAT 5 RUE SIMONE SIGNORET 56100 LORIENT</t>
   </si>
   <si>
     <t>31/07/2014</t>
   </si>
   <si>
-    <t>CEFIAC FORMATION</t>
-[...34 lines deleted...]
-  <si>
     <t>TONNERRE 511 DELTA</t>
   </si>
   <si>
     <t>17 RUE PIERRE SEMARD 40220 TARNOS</t>
   </si>
   <si>
     <t>11/03/2019</t>
   </si>
   <si>
     <t>A.F.C.</t>
   </si>
   <si>
     <t>24 BOULEVARD PAUL VAILLANT COUTURIER 94200 IVRY-SUR-SEINE</t>
   </si>
   <si>
     <t>DESFORM</t>
   </si>
   <si>
     <t>MASTER INSTITUTE</t>
   </si>
   <si>
     <t>01/08/2016</t>
   </si>
   <si>
     <t>SECURITE INCENDIE.IDF</t>
   </si>
   <si>
     <t>6 RUE DU BOIS SAUVAGE 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/12/2017</t>
   </si>
   <si>
-    <t>S.A.T (SECURITY ACADEMY TRAINING)</t>
-[...5 lines deleted...]
-    <t>01/03/2019</t>
+    <t>ALTER EGO PRP</t>
+  </si>
+  <si>
+    <t>22 - 24 22 RUE DU PRE DES AULNES 77340 PONTAULT-COMBAULT</t>
+  </si>
+  <si>
+    <t>15/03/2014</t>
+  </si>
+  <si>
+    <t>A.C.G.D.</t>
+  </si>
+  <si>
+    <t>9 RUE ANDRE PINGAT 51100 REIMS</t>
+  </si>
+  <si>
+    <t>23/03/2022</t>
+  </si>
+  <si>
+    <t>168 AVENUE JOHN FITZGERALD KENNEDY 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>06/01/2025</t>
+  </si>
+  <si>
+    <t>EASY SUCCESS</t>
+  </si>
+  <si>
+    <t>10 RUE DUVERGIER 75019 PARIS</t>
   </si>
   <si>
     <t>2M TRAINING</t>
   </si>
   <si>
     <t>305 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
     <t>LADAPT</t>
   </si>
   <si>
     <t>CTRE DE REED ET DE READPT PROF</t>
   </si>
   <si>
     <t>1 RUE DE MAULE 72650 SAINT-SATURNIN</t>
   </si>
   <si>
     <t>01/01/1982</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
-    <t>GROUPE SECURITE FORMATION</t>
-[...44 lines deleted...]
-    <t>01/12/2015</t>
+    <t>CENTRE REEDUCATION INVALIDES CIVILS</t>
+  </si>
+  <si>
+    <t>CRP CRIC PYRENEES</t>
+  </si>
+  <si>
+    <t>AVENUE DES FRERES BARTHELEMY 64110 JURANCON</t>
+  </si>
+  <si>
+    <t>01/04/1989</t>
+  </si>
+  <si>
+    <t>CONSEIL ET FORMATION EN SECURITE &amp; ACCOMPAGNEMENT A L'EMPLOI</t>
+  </si>
+  <si>
+    <t>23 RUE DU JEU DE L'ARC 95160 MONTMORENCY</t>
+  </si>
+  <si>
+    <t>28/02/2014</t>
+  </si>
+  <si>
+    <t>HAUTE ECOLE DE LA SECURITE PRIVEE</t>
+  </si>
+  <si>
+    <t>H.E.S.P.</t>
+  </si>
+  <si>
+    <t>11 AV DES VIEUX MOULINS - ANNECY 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>01/05/2014</t>
+  </si>
+  <si>
+    <t>NOUVEL R FORMATION</t>
+  </si>
+  <si>
+    <t>43 RUE DE L’UNIVERSITE 93160 NOISY-LE-GRAND</t>
+  </si>
+  <si>
+    <t>15/09/2016</t>
+  </si>
+  <si>
+    <t>CONVERGENCE FORMATION</t>
+  </si>
+  <si>
+    <t>2721 CHEMIN DE SAINT CLAUDE 06600 ANTIBES</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>21 RUE PELLART 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>D.G.F - LOGIC</t>
+  </si>
+  <si>
+    <t>2 RUE MARIE CAZE 97438 SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>09/01/2023</t>
+  </si>
+  <si>
+    <t>SARL NIS FORMATION</t>
+  </si>
+  <si>
+    <t>SECTION MONMAIN 2 ROUTE DESHAUTEURS 97180 SAINTE-ANNE</t>
+  </si>
+  <si>
+    <t>19/03/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
+  </si>
+  <si>
+    <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>22/12/2016</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE SURETE ET DE SECURITE INCENDIE</t>
+  </si>
+  <si>
+    <t>9 RUE PIERRE ET MARIE CURIE 94200 IVRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>20/12/2017</t>
+  </si>
+  <si>
+    <t>AZS FORMATION</t>
+  </si>
+  <si>
+    <t>CTRE COMMERCIAL LES HELLENES LOCAL 2 SAINT LEGER 83300 DRAGUIGNAN</t>
+  </si>
+  <si>
+    <t>16/05/2016</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>54 BOULEVARD LAVERAN 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>CHEMIN DE LA CLUE 13011 MARSEILLE</t>
+  </si>
+  <si>
+    <t>53 RUE MAURICE ROLLINAT 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>LE PALAYS 1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>FCS FORMATION</t>
+  </si>
+  <si>
+    <t>11-15 CENTRE CCIAL CROIX DE CHAVAUX 11 AVENUE DE LA RESISTANCE 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
   </si>
   <si>
     <t>FCAG</t>
   </si>
   <si>
     <t>IMM AVANTAGE C/O BURO CLUB B 1ER ETAGE 11 RUE DES ARTS ET METIERS 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>02973111897</t>
   </si>
   <si>
-    <t>CENTRE REEDUCATION INVALIDES CIVILS</t>
-[...154 lines deleted...]
-  <si>
     <t>JCK FORMATION CONSEIL</t>
   </si>
   <si>
     <t>BATIMENT 9 800 ROUTE DE LA SEDS 13127 VITROLLES</t>
   </si>
   <si>
     <t>08/08/2022</t>
   </si>
   <si>
-    <t>MT FORMATION</t>
-[...16 lines deleted...]
-  <si>
     <t>NPFS</t>
   </si>
   <si>
     <t>1 ZONE ARTISANALE LE PETIT CERF 24430 COURSAC</t>
   </si>
   <si>
     <t>19/11/2021</t>
-  </si>
-[...25 lines deleted...]
-    <t>30/03/2022</t>
   </si>
   <si>
     <t>DYNAFORMATION</t>
   </si>
   <si>
     <t>37 RUE SAINT AMBROISE 77000 MELUN</t>
   </si>
   <si>
     <t>01/02/2020</t>
   </si>
   <si>
     <t>SI.REGION PACA</t>
   </si>
   <si>
     <t>1662 RTE NATIONALE 7 06270 VILLENEUVE-LOUBET</t>
   </si>
   <si>
     <t>INSTITUT DE PREVENTION ET DE SECURITE</t>
   </si>
   <si>
     <t>ZAC KM DELTA 65 RUE ETIENNE LENOIR 30900 NIMES</t>
   </si>
   <si>
     <t>05/11/2020</t>
   </si>
@@ -1275,51 +1260,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M91"/>
+  <dimension ref="A1:M90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1762,2978 +1747,2941 @@
       <c r="F12" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>66</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>34465627700094</v>
+        <v>33432517200073</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D13" s="2"/>
+      <c r="D13" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E13" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I13" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>34465627700334</v>
+        <v>33512883100039</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>70</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>71</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I14" s="3">
-        <v>11930705393</v>
+        <v>11751048975</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>35323259800048</v>
+        <v>33512883100054</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I15" s="3"/>
+      <c r="I15" s="3">
+        <v>11751048975</v>
+      </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>37835655400030</v>
+        <v>34012780200015</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="I16" s="3">
-        <v>93840077184</v>
+        <v>31590068559</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>39013467400014</v>
+        <v>34465627700094</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I17" s="3">
-        <v>11770136977</v>
+        <v>11930705393</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>39372454700038</v>
+        <v>34465627700334</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I18" s="3"/>
+      <c r="I18" s="3">
+        <v>11930705393</v>
+      </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>41391229600048</v>
+        <v>35323259800048</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I19" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>41391229600055</v>
+        <v>37835655400030</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I20" s="3">
-        <v>11921004292</v>
+        <v>93840077184</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>41928081300090</v>
+        <v>39013467400014</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I21" s="3">
-        <v>11910416791</v>
+        <v>11770136977</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>42037863000024</v>
+        <v>39372454700038</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I22" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>44221809500028</v>
+        <v>88100107700026</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>82730084873</v>
+        <v>11910869891</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>44755611900066</v>
+        <v>88139302900015</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>82690798669</v>
+        <v>100</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>104</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>44755611900074</v>
+        <v>88139302900023</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>82690798669</v>
+        <v>100</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>104</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>45033578100024</v>
+        <v>53980512700054</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I26" s="3">
-        <v>93131248613</v>
+        <v>11754855075</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>45211949800023</v>
+        <v>79760972400076</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I27" s="3">
-        <v>11930518993</v>
+        <v>93131922613</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>45211949800163</v>
+        <v>83535930800029</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I28" s="3">
-        <v>11930518993</v>
+        <v>27210385521</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>48198261900043</v>
+        <v>41391229600048</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I29" s="3"/>
+      <c r="I29" s="3">
+        <v>11921004292</v>
+      </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>48261013600046</v>
+        <v>41391229600055</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D30" s="2" t="s">
         <v>116</v>
       </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I30" s="3">
-        <v>95970130997</v>
+        <v>11921004292</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>48387270100014</v>
+        <v>41928081300090</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="I31" s="3">
-        <v>73310456431</v>
+        <v>11910416791</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>48852069300034</v>
+        <v>42037863000024</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I32" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I32" s="3">
+        <v>93130864713</v>
+      </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>48879664000040</v>
+        <v>44221809500028</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="D33" s="2" t="s">
+      <c r="D33" s="2"/>
+      <c r="E33" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="I33" s="3">
-        <v>31620193062</v>
+        <v>82730084873</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>49203942500029</v>
+        <v>44755611900066</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I34" s="3">
-        <v>11755520575</v>
+        <v>82690798669</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>49217053500032</v>
+        <v>44755611900074</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I35" s="3">
-        <v>53560817956</v>
+        <v>82690798669</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>33432517200073</v>
+        <v>45033578100024</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>137</v>
-      </c>
-[...7 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I36" s="3"/>
+      <c r="I36" s="3">
+        <v>93131248613</v>
+      </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>33512883100039</v>
+        <v>45211949800023</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>140</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I37" s="3">
-        <v>11751048975</v>
+        <v>11930518993</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>33512883100054</v>
+        <v>45211949800163</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I38" s="3">
-        <v>11751048975</v>
+        <v>11930518993</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>34012780200015</v>
+        <v>45404576600069</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="I39" s="3">
-        <v>31590068559</v>
+        <v>98970293297</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>50459095100035</v>
+        <v>48023315400016</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>150</v>
+        <v>125</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I40" s="3">
-        <v>72640298264</v>
+        <v>93131796713</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>50498097000033</v>
+        <v>48198261900043</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>114</v>
+        <v>149</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I41" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>50510044600044</v>
+        <v>48261013600046</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>105</v>
+        <v>152</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I42" s="3">
-        <v>93131536313</v>
+        <v>95970130997</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>50905949900038</v>
+        <v>48387270100014</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>11910677691</v>
+        <v>73310456431</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>53980512700054</v>
+        <v>48852069300034</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="I44" s="3"/>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>75320095500049</v>
+        <v>48879664000040</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="E45" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="D45" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="2" t="s">
+      <c r="F45" s="2" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I45" s="3">
-        <v>11930647393</v>
+        <v>31620193062</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>77569338500392</v>
+        <v>49203942500029</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="D46" s="2" t="s">
+      <c r="F46" s="2" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>170</v>
+        <v>27</v>
       </c>
       <c r="I46" s="3">
-        <v>11930425593</v>
+        <v>11755520575</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>79760972400076</v>
+        <v>49217053500032</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I47" s="3">
-        <v>93131922613</v>
+        <v>53560817956</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>52057390800032</v>
+        <v>50459095100035</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="D48" s="2"/>
+        <v>171</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>171</v>
+      </c>
       <c r="E48" s="2" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I48" s="3">
-        <v>11770531577</v>
+        <v>72640298264</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>52490818300030</v>
+        <v>50498097000033</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>179</v>
+        <v>149</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I49" s="3">
-        <v>32620428562</v>
+        <v>11940732394</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>52490818300055</v>
+        <v>50510044600044</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D50" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>180</v>
+        <v>136</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I50" s="3">
-        <v>32620428562</v>
+        <v>93131536313</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>52885000100033</v>
+        <v>50905949900038</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>130</v>
+        <v>181</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I51" s="3">
-        <v>11755070775</v>
+        <v>11910677691</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>45404576600069</v>
+        <v>52057390800032</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I52" s="3">
-        <v>98970293297</v>
+        <v>11770531577</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82975288000015</v>
+        <v>52490818300030</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I53" s="3" t="s">
-        <v>190</v>
+      <c r="I53" s="3">
+        <v>32620428562</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>77694494400045</v>
+        <v>52490818300055</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>170</v>
+        <v>27</v>
       </c>
       <c r="I54" s="3">
-        <v>73310124431</v>
+        <v>32620428562</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>80089219200017</v>
+        <v>52885000100033</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>197</v>
+        <v>164</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I55" s="3">
-        <v>11950635695</v>
+        <v>11755070775</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>80211433000011</v>
+        <v>75320095500049</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I56" s="3">
-        <v>82740299974</v>
+        <v>11930647393</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>80254529300028</v>
+        <v>77569338500392</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D57" s="2"/>
+        <v>195</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>196</v>
+      </c>
       <c r="E57" s="2" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>27</v>
+        <v>199</v>
       </c>
       <c r="I57" s="3">
-        <v>11930736693</v>
+        <v>11930425593</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>80293624500033</v>
+        <v>77694494400045</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>200</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>201</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>27</v>
+        <v>199</v>
       </c>
       <c r="I58" s="3">
-        <v>93060804906</v>
+        <v>73310124431</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>80443252400010</v>
+        <v>80089219200017</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>31</v>
+        <v>206</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>210</v>
+        <v>27</v>
       </c>
       <c r="I59" s="3">
-        <v>31590878459</v>
+        <v>11950635695</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>80471064800085</v>
+        <v>80211433000011</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+        <v>207</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>208</v>
+      </c>
       <c r="E60" s="2" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>126</v>
+        <v>27</v>
       </c>
       <c r="I60" s="3">
-        <v>72330955933</v>
+        <v>82740299974</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>80878661000044</v>
+        <v>80254529300028</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I61" s="3">
-        <v>98970431397</v>
+        <v>11930736693</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>81034790600010</v>
+        <v>80293624500033</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="I62" s="3">
-        <v>95970197197</v>
+        <v>93060804906</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>81142142900028</v>
+        <v>80443252400010</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>222</v>
+        <v>31</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="I63" s="3">
-        <v>97973068497</v>
+        <v>31590878459</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>81508143500035</v>
+        <v>80878661000044</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="I64" s="3">
-        <v>11940910194</v>
+        <v>98970431397</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>82016444000019</v>
+        <v>81034790600010</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
-        <v>93830513983</v>
+        <v>95970197197</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>82409268800012</v>
+        <v>81142142900028</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I66" s="3">
-        <v>11930762893</v>
+        <v>97973068497</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>82409268800053</v>
+        <v>81508143500035</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>21</v>
+        <v>231</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="I67" s="3">
-        <v>11930762893</v>
+        <v>11940910194</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>82409268800186</v>
+        <v>82016444000019</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="D68" s="2"/>
+        <v>232</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>232</v>
+      </c>
       <c r="E68" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>21</v>
+        <v>234</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I68" s="3">
-        <v>11930762893</v>
+        <v>93830513983</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>82409268800210</v>
+        <v>82409268800012</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I69" s="3">
         <v>11930762893</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>82422814200488</v>
+        <v>82409268800053</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>235</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I70" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>82422814200579</v>
+        <v>82409268800186</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>235</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I71" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>82422814201064</v>
+        <v>82409268800210</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>235</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I72" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>82422814201551</v>
+        <v>82422814200488</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I73" s="3">
         <v>11930743393</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>82524608500047</v>
+        <v>82422814200579</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>242</v>
+        <v>21</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I74" s="3">
-        <v>11930754793</v>
+        <v>11930743393</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>83414886800039</v>
+        <v>82422814201064</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>245</v>
+        <v>21</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I75" s="3">
-        <v>93131700313</v>
+        <v>11930743393</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>83535930800029</v>
+        <v>82422814201551</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>248</v>
+        <v>21</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I76" s="3">
-        <v>27210385521</v>
+        <v>11930743393</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>83891422400020</v>
+        <v>82524608500047</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I77" s="3">
-        <v>11922797392</v>
+        <v>11930754793</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>87748271100026</v>
+        <v>82975288000015</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I78" s="3">
-        <v>75240201224</v>
+      <c r="I78" s="3" t="s">
+        <v>252</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>88100107700026</v>
+        <v>83414886800039</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="I79" s="3">
-        <v>11910869891</v>
+        <v>93131700313</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>88139302900015</v>
+        <v>87748271100026</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>27</v>
+      </c>
+      <c r="I80" s="3">
+        <v>75240201224</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>88139302900023</v>
+        <v>88226479900017</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>27</v>
+      </c>
+      <c r="I81" s="3">
+        <v>11770695177</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>88226479900017</v>
+        <v>88383015000024</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>266</v>
+        <v>248</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I82" s="3">
-        <v>11770695177</v>
+        <v>93060894306</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>88383015000024</v>
+        <v>89131723200017</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>242</v>
+        <v>266</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I83" s="3">
-        <v>93060894306</v>
+        <v>76300470330</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>89131723200017</v>
+        <v>89250604900014</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="I84" s="3">
-        <v>76300470330</v>
+        <v>11930862093</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>89250604900014</v>
+        <v>89820876400024</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="I85" s="3">
-        <v>11930862093</v>
+        <v>11930870593</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>89820876400024</v>
+        <v>89901287600020</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>11930870593</v>
+        <v>27</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>276</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>89901287600020</v>
+        <v>91089525900026</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I87" s="3" t="s">
-        <v>281</v>
+      <c r="I87" s="3">
+        <v>93132201613</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>91089525900026</v>
+        <v>95134272400022</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I88" s="3">
-        <v>93132201613</v>
+        <v>11756713175</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>95134272400022</v>
+        <v>95134272400030</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I89" s="3">
         <v>11756713175</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>95134272400030</v>
+        <v>95278417100011</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I90" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I90" s="3"/>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>23</v>
-[...33 lines deleted...]
-      <c r="M91" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4747,31 +4695,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/12/2025 20:35:29</dc:description>
+  <dc:description>Export en date du 02/14/2026 08:13:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>