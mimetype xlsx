--- v0 (2025-11-28)
+++ v1 (2026-01-16)
@@ -247,75 +247,75 @@
   <si>
     <t>SERVICES CENTRAUX</t>
   </si>
   <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>29/08/1991</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
     <t>ASS PROMO GESTION CTRE ENS SUP A EVRY</t>
   </si>
   <si>
     <t>48 CRS BLAISE PASCAL 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>04/01/2001</t>
-  </si>
-[...16 lines deleted...]
-    <t>18/07/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1357,145 +1357,145 @@
       <c r="F18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>76</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>40292484900027</v>
+        <v>50876465100024</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="I19" s="3">
-        <v>11910726491</v>
+        <v>27210417621</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>50876465100024</v>
+        <v>50876465100032</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>83</v>
+        <v>24</v>
       </c>
       <c r="I20" s="3">
         <v>27210417621</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>50876465100032</v>
+        <v>40292484900027</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="3">
-        <v>27210417621</v>
+        <v>11910726491</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1520,31 +1520,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/28/2025 09:45:10</dc:description>
+  <dc:description>Export en date du 01/16/2026 04:43:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>