--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -127,102 +127,102 @@
   <si>
     <t>REALISATION MECANIQUE ET RECTIFICATION</t>
   </si>
   <si>
     <t>PARC DES INDUSTRIES ARTOIS FLANDRES 315 BOULEVARD SUD 62138 BILLY-BERCLAU</t>
   </si>
   <si>
     <t>09/09/2002</t>
   </si>
   <si>
     <t>25.62B</t>
   </si>
   <si>
     <t>A. DOC</t>
   </si>
   <si>
     <t>91 RUE DES CHANTEREINES 93100 MONTREUIL</t>
   </si>
   <si>
     <t>01/08/2001</t>
   </si>
   <si>
     <t>58.29A</t>
   </si>
   <si>
+    <t>INTECH</t>
+  </si>
+  <si>
+    <t>6-30 6 RUE ROGER SALENGRO 94120 FONTENAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>01/06/2005</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
     <t>FORMALISA</t>
   </si>
   <si>
     <t>PARC CICEA 4 RUE DU COURTIL 35170 BRUZ</t>
   </si>
   <si>
     <t>16/05/2014</t>
   </si>
   <si>
     <t>21/02/2022</t>
   </si>
   <si>
     <t>62.01Z</t>
   </si>
   <si>
     <t>ZW FRANCE</t>
   </si>
   <si>
     <t>ZA 11 RUE SAINT ELOI ZA 49270 OREE-D'ANJOU</t>
   </si>
   <si>
     <t>01/04/2011</t>
   </si>
   <si>
     <t>46.51Z</t>
   </si>
   <si>
     <t>MADE IN MONTREUIL</t>
   </si>
   <si>
     <t>ICI MONTREUIL</t>
   </si>
   <si>
     <t>135 BOULEVARD DE CHANZY 93100 MONTREUIL</t>
   </si>
   <si>
     <t>18/07/2013</t>
   </si>
   <si>
     <t>90.01Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>62.02A</t>
   </si>
   <si>
     <t>GEOLAB</t>
   </si>
   <si>
     <t>71 CHEMIN ARTHUR RIMBAUD 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>13/03/2017</t>
   </si>
   <si>
     <t>71.12B</t>
   </si>
   <si>
     <t>04973133697</t>
   </si>
   <si>
     <t>DAO ACADEMIE</t>
   </si>
   <si>
     <t>4 RUE MARYSE BASTIE 49240 AVRILLE</t>
   </si>
   <si>
     <t>26/03/2018</t>
   </si>
@@ -841,186 +841,186 @@
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="3">
         <v>11930578793</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>52800334600020</v>
+        <v>31472038400051</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="G7" s="2" t="s">
+      <c r="G7" s="2"/>
+      <c r="H7" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="H7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I7" s="3">
-        <v>53350881935</v>
+        <v>11940440794</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>53187667000013</v>
+        <v>52800334600020</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I8" s="3">
-        <v>52490291549</v>
+        <v>53350881935</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>75248379200020</v>
+        <v>53187667000013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="D9" s="2"/>
+      <c r="E9" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I9" s="3">
-        <v>11930670993</v>
+        <v>52490291549</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>31472038400051</v>
+        <v>75248379200020</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I10" s="3">
-        <v>11940440794</v>
+        <v>11930670993</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>82829383700013</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D11" s="2"/>
@@ -1119,31 +1119,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 16:20:21</dc:description>
+  <dc:description>Export en date du 12/26/2025 15:42:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>