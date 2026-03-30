--- v1 (2025-12-26)
+++ v2 (2026-03-30)
@@ -103,84 +103,84 @@
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>5356P001456</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>2 B RUE BEAUVAIS 56100 LORIENT</t>
   </si>
   <si>
     <t>01/09/1997</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>INTECH</t>
+  </si>
+  <si>
+    <t>6-30 6 RUE ROGER SALENGRO 94120 FONTENAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>01/06/2005</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
     <t>REALISATION MECANIQUE ET RECTIFICATION</t>
   </si>
   <si>
     <t>PARC DES INDUSTRIES ARTOIS FLANDRES 315 BOULEVARD SUD 62138 BILLY-BERCLAU</t>
   </si>
   <si>
     <t>09/09/2002</t>
   </si>
   <si>
     <t>25.62B</t>
   </si>
   <si>
     <t>A. DOC</t>
   </si>
   <si>
     <t>91 RUE DES CHANTEREINES 93100 MONTREUIL</t>
   </si>
   <si>
     <t>01/08/2001</t>
   </si>
   <si>
     <t>58.29A</t>
-  </si>
-[...10 lines deleted...]
-    <t>62.02A</t>
   </si>
   <si>
     <t>FORMALISA</t>
   </si>
   <si>
     <t>PARC CICEA 4 RUE DU COURTIL 35170 BRUZ</t>
   </si>
   <si>
     <t>16/05/2014</t>
   </si>
   <si>
     <t>21/02/2022</t>
   </si>
   <si>
     <t>62.01Z</t>
   </si>
   <si>
     <t>ZW FRANCE</t>
   </si>
   <si>
     <t>ZA 11 RUE SAINT ELOI ZA 49270 OREE-D'ANJOU</t>
   </si>
   <si>
     <t>01/04/2011</t>
   </si>
@@ -749,203 +749,199 @@
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>18560005300184</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I4" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>36920076100020</v>
+        <v>31472038400051</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>31620178462</v>
+        <v>11940440794</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38013450200042</v>
+        <v>36920076100020</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="3">
-        <v>11930578793</v>
+        <v>31620178462</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>31472038400051</v>
+        <v>38013450200042</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>11940440794</v>
+        <v>11930578793</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>52800334600020</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>53187667000013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
@@ -1119,31 +1115,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 15:42:35</dc:description>
+  <dc:description>Export en date du 03/30/2026 14:02:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>