--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -58,357 +58,357 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
+  </si>
+  <si>
+    <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE STRASBOURG</t>
+  </si>
+  <si>
+    <t>4 RUE BLAISE PASCAL 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>18/08/2008</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'AIX MARSEILLE</t>
+  </si>
+  <si>
+    <t>58 BOULEVARD CHARLES LIVON 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE LORRAINE</t>
+  </si>
+  <si>
+    <t>34 COURS LEOPOLD 54000 NANCY</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE BORDEAUX</t>
+  </si>
+  <si>
+    <t>35 PLACE PEY BERLAND 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>CY CERGY PARIS UNIVERSITE</t>
+  </si>
+  <si>
+    <t>33 BOULEVARD DU PORT 95000 CERGY</t>
+  </si>
+  <si>
+    <t>01/11/2019</t>
+  </si>
+  <si>
+    <t>UNIVERSITE GRENOBLE ALPES</t>
+  </si>
+  <si>
+    <t>621 AVENUE CENTRALE 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>04/11/2019</t>
+  </si>
+  <si>
+    <t>UNIVERSITE GUSTAVE EIFFEL</t>
+  </si>
+  <si>
+    <t>CAMPUS DE MARNE-LA-VALLEE 5 BOULEVARD DESCARTES 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>UNIVERSITE CLERMONT AUVERGNE</t>
+  </si>
+  <si>
+    <t>49 BOULEVARD FRANCOIS MITTERRAND 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>09/12/2020</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE LILLE</t>
+  </si>
+  <si>
+    <t>42 RUE PAUL DUEZ 59800 LILLE</t>
+  </si>
+  <si>
+    <t>22/09/2021</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE RENNES</t>
+  </si>
+  <si>
+    <t>CAMPUS DE BEAULIEU 263 AVENUE GENERAL LECLERC 35700 RENNES</t>
+  </si>
+  <si>
+    <t>28/11/2022</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE CAEN NORMANDIE</t>
+  </si>
+  <si>
+    <t>ESPLANADE DE LA PAIX 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>2514P600014</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE CORSE P PAOLI</t>
+  </si>
+  <si>
+    <t>BAT JEAN TOUSSAINT DESANTI AVENUE DU 9 SEPTEMBRE 20250 CORTE</t>
+  </si>
+  <si>
+    <t>25/05/2020</t>
+  </si>
+  <si>
+    <t>9420P208520</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE RENNES I</t>
+  </si>
+  <si>
+    <t>2 RUE DU THABOR 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'ANGERS</t>
+  </si>
+  <si>
+    <t>40 RUE DE RENNES 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>20/02/1998</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE REIMS CHAMPAGNE-ARDENNE</t>
+  </si>
+  <si>
+    <t>2 AVENUE ROBERT SCHUMAN 51100 REIMS</t>
+  </si>
+  <si>
+    <t>22/03/2021</t>
+  </si>
+  <si>
+    <t>2151P001151</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DU LITTORAL COTE D'OPALE</t>
+  </si>
+  <si>
+    <t>1 PLACE DE L'YSER 59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>3162P003062</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D ARTOIS</t>
+  </si>
+  <si>
+    <t>9 RUE DU TEMPLE 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>07/11/1991</t>
+  </si>
+  <si>
+    <t>3162P003162</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE PAU ET DES PAYS DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>AVENUE DE L'UNIVERSITE 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>7264P000364</t>
+  </si>
+  <si>
+    <t>UNIVERSITE CLAUDE BERNARD LYON 1</t>
+  </si>
+  <si>
+    <t>43 BOULEVARD DU 11 NOVEMBRE 1918 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>8269P000169</t>
+  </si>
+  <si>
+    <t>UNIVERSITE LYON 3 JEAN MOULIN</t>
+  </si>
+  <si>
+    <t>1 AVENUE DES FRERES LUMIERE 69008 LYON</t>
+  </si>
+  <si>
+    <t>24/10/2017</t>
+  </si>
+  <si>
+    <t>8269P000669</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DU MANS</t>
+  </si>
+  <si>
+    <t>AVENUE OLIVIER MESSIAEN 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>UNIVERSITE SAVOIE MONT BLANC</t>
+  </si>
+  <si>
+    <t>27 RUE MARCOZ 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>8273P000273</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE ROUEN-NORMANDIE</t>
+  </si>
+  <si>
+    <t>1 RUE THOMAS BECKET 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>2376P002876</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE VERSAILLES-SAINT-QUENTIN-EN-YVELINES</t>
+  </si>
+  <si>
+    <t>55 AVENUE DE PARIS 78000 VERSAILLES</t>
+  </si>
+  <si>
+    <t>29/08/1991</t>
+  </si>
+  <si>
+    <t>1178P004378</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
+  </si>
+  <si>
+    <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>1191P002791</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE MARNE LA VALLEE</t>
+  </si>
+  <si>
+    <t>CITE DESCARTES 5 BD DESCARTES 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE LA REUNION</t>
+  </si>
+  <si>
+    <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>10/05/1984</t>
+  </si>
+  <si>
     <t>OGEC LA SALLE-SAINT NICOLAS</t>
   </si>
   <si>
     <t>19 RUE VICTOR HUGO 92130 ISSY-LES-MOULINEAUX</t>
   </si>
   <si>
     <t>01/07/1999</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...280 lines deleted...]
-    <t>10/05/1984</t>
   </si>
   <si>
     <t>ORGANISME GESTION LYCEE PASSY SAINT HONO</t>
   </si>
   <si>
     <t>117 AVENUE VICTOR HUGO 75016 PARIS</t>
   </si>
   <si>
     <t>01/01/1996</t>
   </si>
   <si>
     <t>OGEC PHILIPPINE DUCHESNE ITECBOISFLEURY</t>
   </si>
   <si>
     <t>118 AVENUE DE L’EYGALA 38700 CORENC</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>OGEC SAINT VINCENT DE PAUL</t>
   </si>
   <si>
     <t>47 RUE DES SABLIERES 33800 BORDEAUX</t>
   </si>
@@ -870,1215 +870,1215 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>38950310300035</v>
+        <v>11004401300040</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39089496200054</v>
+        <v>13000545700010</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>11770565477</v>
+        <v>42670409067</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>11004401300040</v>
+        <v>13001533200013</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I4" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I4" s="3">
+        <v>93131411013</v>
+      </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13000545700010</v>
+        <v>13001550600012</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I5" s="3">
-        <v>42670409067</v>
+        <v>41540301854</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>13001533200013</v>
+        <v>13001835100010</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I6" s="3">
-        <v>93131411013</v>
+        <v>72330934133</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>13001550600012</v>
+        <v>13002597600015</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I7" s="3">
-        <v>41540301854</v>
+        <v>11950666995</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>13001835100010</v>
+        <v>13002608100013</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I8" s="3">
-        <v>72330934133</v>
+        <v>84380736438</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>13002597600015</v>
+        <v>13002612300013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>11950666995</v>
+        <v>11770688077</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>13002608100013</v>
+        <v>13002806100013</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>84380736438</v>
+        <v>84630531763</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>13002612300013</v>
+        <v>13002975400012</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>11770688077</v>
+        <v>32591104359</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>13002806100013</v>
+        <v>13003051300019</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>84630531763</v>
+        <v>53351157535</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>13002975400012</v>
+        <v>19141408500016</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32591104359</v>
+        <v>22</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>53</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>13003051300019</v>
+        <v>19202664900264</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>53351157535</v>
+        <v>22</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>57</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19141408500016</v>
+        <v>19350936100013</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="G15" s="2"/>
+        <v>52</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="H15" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19202664900264</v>
+        <v>19490970100303</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>22</v>
+      </c>
+      <c r="I16" s="3">
+        <v>52490195049</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19350936100013</v>
+        <v>19511296600799</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I17" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="F17" s="2" t="s">
-[...8 lines deleted...]
-      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19490970100303</v>
+        <v>19594403800205</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="D18" s="2"/>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>52490195049</v>
+        <v>22</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>72</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19511296600799</v>
+        <v>19624401600016</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>76</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19594403800205</v>
+        <v>19640251500270</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>80</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19624401600016</v>
+        <v>19691774400019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>83</v>
+        <v>52</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19640251500270</v>
+        <v>19692437700282</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19691774400019</v>
+        <v>19720916600010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>22</v>
+      </c>
+      <c r="I23" s="3">
+        <v>52720107272</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19692437700282</v>
+        <v>19730858800015</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19720916600010</v>
+        <v>19761904200017</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>52720107272</v>
+        <v>22</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>95</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19730858800015</v>
+        <v>19781944400013</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19761904200017</v>
+        <v>19911975100014</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>19781944400013</v>
+        <v>19932056500492</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="F28" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G28" s="2"/>
+      <c r="G28" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="H28" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>19911975100014</v>
+        <v>19974478000016</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>19932056500492</v>
+        <v>38950310300035</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="F30" s="2" t="s">
-[...8 lines deleted...]
-      <c r="I30" s="3"/>
+      <c r="I30" s="3">
+        <v>11921911192</v>
+      </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>19974478000016</v>
+        <v>39089496200054</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I31" s="3"/>
+        <v>116</v>
+      </c>
+      <c r="I31" s="3">
+        <v>11770565477</v>
+      </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>40483807000013</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="I32" s="3">
         <v>11755257775</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>77962620900034</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>17</v>
+        <v>112</v>
       </c>
       <c r="I33" s="3">
         <v>82380445738</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>78184276000014</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
@@ -2108,123 +2108,123 @@
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>78333329700050</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>17</v>
+        <v>112</v>
       </c>
       <c r="I35" s="3">
         <v>44540380254</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>79093186900016</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>17</v>
+        <v>112</v>
       </c>
       <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>81068076900017</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -2250,31 +2250,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/06/2025 21:31:40</dc:description>
+  <dc:description>Export en date du 12/24/2025 16:56:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>