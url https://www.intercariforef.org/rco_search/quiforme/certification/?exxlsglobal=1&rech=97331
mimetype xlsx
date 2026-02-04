--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -373,102 +373,99 @@
   <si>
     <t>PRESIDENCE DE L UNIVERSITE</t>
   </si>
   <si>
     <t>CHEMIN DU THIL 80000 AMIENS</t>
   </si>
   <si>
     <t>2280P000880</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>CFAI DIAFOR</t>
   </si>
   <si>
     <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
   </si>
   <si>
     <t>01/01/1993</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>UNION UNIVERSITE ECONOMIE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DUBREUIL 91400 ORSAY</t>
+  </si>
+  <si>
+    <t>22/11/2023</t>
+  </si>
+  <si>
     <t>AFPI BOURGOGNE 21 71</t>
   </si>
   <si>
     <t>10 ALLEE ANDRE BOURLAND 21000 DIJON</t>
   </si>
   <si>
     <t>01/09/1996</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...7 lines deleted...]
-    <t>22/11/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2005,219 +2002,217 @@
         <v>117</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="D32" s="2" t="s">
+      <c r="D32" s="2"/>
+      <c r="E32" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>39048242000028</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="I34" s="3">
         <v>53220855422</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77821328000044</v>
+        <v>41197343100033</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>133</v>
+        <v>22</v>
       </c>
       <c r="I35" s="3">
-        <v>26210001921</v>
+        <v>11910788191</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>41197343100033</v>
+        <v>77821328000044</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>22</v>
+        <v>135</v>
       </c>
       <c r="I36" s="3">
-        <v>11910788191</v>
+        <v>26210001921</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -2236,31 +2231,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/20/2025 22:48:05</dc:description>
+  <dc:description>Export en date du 02/04/2026 09:54:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>