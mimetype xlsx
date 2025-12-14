--- v0 (2025-10-25)
+++ v1 (2025-12-14)
@@ -55,156 +55,156 @@
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>EDITIONS ENI</t>
+  </si>
+  <si>
+    <t>ENI SERVICE</t>
+  </si>
+  <si>
+    <t>7 B AV JACQUES CARTIER 44800 ST-HERBLAIN</t>
+  </si>
+  <si>
+    <t>07/05/1997</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>STEP</t>
+  </si>
+  <si>
+    <t>HELIOPARC 2 AVENUE DU PRESIDENT PIERRE ANGOT 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/03/2001</t>
+  </si>
+  <si>
+    <t>63.11Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>ASSO FORMAT IMPRIMERIE INDUSTRIE GRAPHIQ</t>
   </si>
   <si>
     <t>AFIG - GRAPHIPOLIS BAT POLE DES ARTS G 1 PLACE ALBERT CAMUS 44300 NANTES</t>
   </si>
   <si>
     <t>06/08/2010</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">DUPUIS CATHERINE MARCELLE YVONNE </t>
   </si>
   <si>
     <t>CATHERINE DUPUIS CREATIONS</t>
   </si>
   <si>
     <t>4E ETAGE GAUCHE 14 RUE CAFFARELLI 06000 NICE</t>
   </si>
   <si>
     <t>01/03/2012</t>
   </si>
   <si>
     <t>62.01Z</t>
   </si>
   <si>
     <t>SERENEOR</t>
   </si>
   <si>
     <t>10 RUE DE PENTHIEVRE 75008 PARIS</t>
   </si>
   <si>
     <t>05/08/2016</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>MG@FORMATION</t>
   </si>
   <si>
     <t>70 AVENUE DE ROME 83500 LA SEYNE-SUR-MER</t>
   </si>
   <si>
     <t>15/04/2015</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
   </si>
   <si>
     <t>5 ET 9 5 RUE ANQUETIL 94130 NOGENT-SUR-MARNE</t>
   </si>
   <si>
     <t>01/11/2001</t>
   </si>
   <si>
     <t>02/05/2022</t>
   </si>
   <si>
     <t>AVES</t>
   </si>
   <si>
     <t>IMMEUBLE LE DELTA 1 ALLEE DE L'ELECTRONIQUE 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>15/03/2013</t>
-  </si>
-[...13 lines deleted...]
-    <t>31/12/2024</t>
   </si>
   <si>
     <t>HELLOLINK</t>
   </si>
   <si>
     <t>17 T RUE DE LA BELLE EPINE 35132 VEZIN-LE-COQUET</t>
   </si>
   <si>
     <t>05/11/2018</t>
   </si>
   <si>
     <t>70.21Z</t>
   </si>
   <si>
     <t>FORMAXE</t>
   </si>
   <si>
     <t>16 RUE AMPERE 95300 PONTOISE</t>
   </si>
   <si>
     <t>02/07/2015</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
@@ -759,843 +759,843 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>32984426000045</v>
+        <v>40330342300020</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="s">
+        <v>15</v>
+      </c>
       <c r="E2" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="G2" s="2"/>
+        <v>17</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>18</v>
+      </c>
       <c r="H2" s="2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="I2" s="3">
-        <v>52440549544</v>
+        <v>52440287044</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>43480564400011</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="I3" s="3">
         <v>75640445564</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>75008874200010</v>
+        <v>32984426000045</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I4" s="3">
-        <v>93060774906</v>
+        <v>52440549544</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>75212808200027</v>
+        <v>75008874200010</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+        <v>31</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>32</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="I5" s="3">
-        <v>11755514575</v>
+        <v>93060774906</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>75404191100027</v>
+        <v>75212808200027</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I6" s="3">
-        <v>93830506783</v>
+        <v>11755514575</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78574029100253</v>
+        <v>75404191100027</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I7" s="3">
-        <v>11940392094</v>
+        <v>93830506783</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>79179462100015</v>
+        <v>78574029100253</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G8" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="H8" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I8" s="3">
-        <v>82420254242</v>
+        <v>11940392094</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>40330342300020</v>
+        <v>79179462100015</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G9" s="2" t="s">
         <v>48</v>
       </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I9" s="3">
-        <v>52440287044</v>
+        <v>82420254242</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>84358867400013</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I10" s="3">
         <v>53351071435</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>81245009600019</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I11" s="3">
         <v>11950586595</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>81290071000029</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I12" s="3">
         <v>75240181224</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>82521171700012</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>64</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>65</v>
       </c>
       <c r="I13" s="3">
         <v>76810156181</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>83333069900012</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>85133705500012</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H15" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="I15" s="3">
         <v>76341092434</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>85150207000010</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>76</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I16" s="3">
         <v>11755942575</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>85180338700022</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>80</v>
       </c>
       <c r="H17" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I17" s="3">
         <v>76310971031</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>85222156300020</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>84</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>85</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>88024436300011</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I19" s="3">
         <v>76341057734</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>88276370900012</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I20" s="3">
         <v>76341063234</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>88334770000014</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="I21" s="3">
         <v>11922340692</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>89273375900013</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>98</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I22" s="3">
         <v>75331295833</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1608,31 +1608,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/25/2025 03:47:10</dc:description>
+  <dc:description>Export en date du 12/14/2025 14:43:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>