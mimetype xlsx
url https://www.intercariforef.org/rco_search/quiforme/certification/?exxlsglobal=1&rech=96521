--- v1 (2025-12-14)
+++ v2 (2026-03-27)
@@ -55,294 +55,294 @@
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
+    <t>Actif</t>
+  </si>
+  <si>
+    <t>PERFORM CENTER</t>
+  </si>
+  <si>
+    <t>ARCHE JACQUES COEUR 222 PLACE ERNEST GRANIER 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>07/02/2020</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>WEBMYDAY</t>
+  </si>
+  <si>
+    <t>11 RUE DE LA PORTE JAUNE 92380 GARCHES</t>
+  </si>
+  <si>
+    <t>05/05/2020</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ASSO FORMAT IMPRIMERIE INDUSTRIE GRAPHIQ</t>
+  </si>
+  <si>
+    <t>AFIG - GRAPHIPOLIS BAT POLE DES ARTS G 1 PLACE ALBERT CAMUS 44300 NANTES</t>
+  </si>
+  <si>
+    <t>06/08/2010</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>EDITIONS ENI</t>
   </si>
   <si>
     <t>ENI SERVICE</t>
   </si>
   <si>
     <t>7 B AV JACQUES CARTIER 44800 ST-HERBLAIN</t>
   </si>
   <si>
     <t>07/05/1997</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...7 lines deleted...]
-  <si>
     <t>STEP</t>
   </si>
   <si>
     <t>HELIOPARC 2 AVENUE DU PRESIDENT PIERRE ANGOT 64000 PAU</t>
   </si>
   <si>
     <t>01/03/2001</t>
   </si>
   <si>
     <t>63.11Z</t>
   </si>
   <si>
-    <t>VRAI</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">DUPUIS CATHERINE MARCELLE YVONNE </t>
   </si>
   <si>
     <t>CATHERINE DUPUIS CREATIONS</t>
   </si>
   <si>
     <t>4E ETAGE GAUCHE 14 RUE CAFFARELLI 06000 NICE</t>
   </si>
   <si>
     <t>01/03/2012</t>
   </si>
   <si>
-    <t>62.01Z</t>
-[...1 lines deleted...]
-  <si>
     <t>SERENEOR</t>
   </si>
   <si>
     <t>10 RUE DE PENTHIEVRE 75008 PARIS</t>
   </si>
   <si>
     <t>05/08/2016</t>
   </si>
   <si>
     <t>MG@FORMATION</t>
   </si>
   <si>
     <t>70 AVENUE DE ROME 83500 LA SEYNE-SUR-MER</t>
   </si>
   <si>
     <t>15/04/2015</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
   </si>
   <si>
     <t>5 ET 9 5 RUE ANQUETIL 94130 NOGENT-SUR-MARNE</t>
   </si>
   <si>
     <t>01/11/2001</t>
   </si>
   <si>
     <t>02/05/2022</t>
   </si>
   <si>
     <t>AVES</t>
   </si>
   <si>
     <t>IMMEUBLE LE DELTA 1 ALLEE DE L'ELECTRONIQUE 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>15/03/2013</t>
   </si>
   <si>
+    <t>FORMAXE</t>
+  </si>
+  <si>
+    <t>16 RUE AMPERE 95300 PONTOISE</t>
+  </si>
+  <si>
+    <t>02/07/2015</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>WEB ASSOCIATION BERGERAC</t>
+  </si>
+  <si>
+    <t>35 RUE FONBALQUINE 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>18/07/2016</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>DIGITALCHIMIST</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LA LANDE 81150 FLORENTIN</t>
+  </si>
+  <si>
+    <t>25/01/2017</t>
+  </si>
+  <si>
+    <t>01/10/2022</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
+    <t>L'ESTRAP</t>
+  </si>
+  <si>
+    <t>1 RUE DE BRUNEVAL 76610 LE HAVRE</t>
+  </si>
+  <si>
+    <t>31/10/2017</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
     <t>HELLOLINK</t>
   </si>
   <si>
     <t>17 T RUE DE LA BELLE EPINE 35132 VEZIN-LE-COQUET</t>
   </si>
   <si>
     <t>05/11/2018</t>
   </si>
   <si>
     <t>70.21Z</t>
   </si>
   <si>
-    <t>FORMAXE</t>
-[...46 lines deleted...]
-  <si>
     <t>KILUZ</t>
   </si>
   <si>
     <t>49 RUE DE PONTHIEU 75008 PARIS</t>
   </si>
   <si>
     <t>30/05/2019</t>
   </si>
   <si>
     <t>14/09/2020</t>
   </si>
   <si>
     <t>GRAAD</t>
   </si>
   <si>
     <t>5 AVENUE INGRES 75016 PARIS</t>
   </si>
   <si>
     <t>06/06/2019</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>VOLTEE</t>
   </si>
   <si>
     <t>38 ALLEE DU TERLON 31850 MONTRABE</t>
   </si>
   <si>
     <t>27/05/2021</t>
   </si>
   <si>
     <t>30/06/2023</t>
   </si>
   <si>
     <t>BEFORMA</t>
   </si>
   <si>
     <t>COURS DE L'USINE LA MARE 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>16/07/2019</t>
   </si>
   <si>
     <t>15/02/2024</t>
   </si>
   <si>
-    <t>04973207097</t>
-[...1 lines deleted...]
-  <si>
     <t>SENZA</t>
   </si>
   <si>
     <t>48 RUE CLAUDE BALBASTRE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>05/12/2019</t>
-  </si>
-[...16 lines deleted...]
-    <t>05/05/2020</t>
   </si>
   <si>
     <t>ORAKA</t>
   </si>
   <si>
     <t>47 COURS LE ROUZIC 33100 BORDEAUX</t>
   </si>
   <si>
     <t>02/01/2021</t>
   </si>
   <si>
     <t>13/09/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -759,843 +759,827 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>40330342300020</v>
+        <v>88276370900012</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D2" s="2"/>
+      <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="F2" s="2" t="s">
+      <c r="G2" s="2"/>
+      <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G2" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I2" s="3">
-        <v>52440287044</v>
+        <v>76341063234</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>43480564400011</v>
+        <v>88334770000014</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>75640445564</v>
+        <v>11922340692</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>32984426000045</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="I4" s="3">
         <v>52440549544</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>75008874200010</v>
+        <v>40330342300020</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="G5" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="F5" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>75212808200027</v>
+        <v>43480564400011</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="I6" s="3">
-        <v>11755514575</v>
+        <v>75640445564</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>75404191100027</v>
+        <v>75008874200010</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="I7" s="3">
-        <v>93830506783</v>
+        <v>93060774906</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78574029100253</v>
+        <v>75212808200027</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="G8" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>11940392094</v>
+        <v>11755514575</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>79179462100015</v>
+        <v>75404191100027</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>82420254242</v>
+        <v>93830506783</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>84358867400013</v>
+        <v>78574029100253</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="F10" s="2" t="s">
+      <c r="G10" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>81245009600019</v>
+        <v>79179462100015</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>11950586595</v>
+        <v>82420254242</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>81290071000029</v>
+        <v>81245009600019</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>82521171700012</v>
+        <v>81290071000029</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I13" s="3">
-        <v>76810156181</v>
+        <v>75240181224</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>83333069900012</v>
+        <v>82521171700012</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" s="2" t="s">
         <v>67</v>
-      </c>
-[...5 lines deleted...]
-        <v>19</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>85133705500012</v>
+        <v>83333069900012</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="F15" s="2" t="s">
+      <c r="G15" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="G15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>85150207000010</v>
+        <v>84358867400013</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="F16" s="2" t="s">
+      <c r="G16" s="2"/>
+      <c r="H16" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="G16" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I16" s="3">
-        <v>11755942575</v>
+        <v>53351071435</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>85180338700022</v>
+        <v>85133705500012</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="F17" s="2" t="s">
+      <c r="G17" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="G17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="2" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>85222156300020</v>
+        <v>85150207000010</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="F18" s="2" t="s">
+      <c r="G18" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="G18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H18" s="2" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>88024436300011</v>
+        <v>85180338700022</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="G19" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="F19" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>88276370900012</v>
+        <v>85222156300020</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="F20" s="2" t="s">
+      <c r="G20" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>88334770000014</v>
+        <v>88024436300011</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I21" s="3">
-        <v>11922340692</v>
+        <v>76341057734</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>89273375900013</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>98</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1608,31 +1592,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 14:43:39</dc:description>
+  <dc:description>Export en date du 03/27/2026 22:27:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>