--- v0 (2025-12-13)
+++ v1 (2026-03-12)
@@ -217,50 +217,71 @@
   <si>
     <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS</t>
   </si>
   <si>
     <t>292 RUE SAINT-MARTIN 75003 PARIS</t>
   </si>
   <si>
     <t>10/08/1983</t>
   </si>
   <si>
     <t>1175P004575</t>
   </si>
   <si>
     <t>UNIVERSITE LE HAVRE NORMANDIE</t>
   </si>
   <si>
     <t>25 RUE PHILIPPE LEBON 76600 LE HAVRE</t>
   </si>
   <si>
     <t>11/05/1987</t>
   </si>
   <si>
     <t>2376P004176</t>
   </si>
   <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>13 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>15/07/2002</t>
+  </si>
+  <si>
+    <t>4390P000290</t>
+  </si>
+  <si>
     <t>CNAM HAUTS-DE-FRANCE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>AV DES FACULTES 80000 AMIENS</t>
   </si>
   <si>
     <t>23/01/1990</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CNAM DE MARTINIQUE</t>
   </si>
   <si>
     <t>CAMPUS INIVERSITAIRE BP 7216 CAMPUS UNIVERSITAIRE 97233 SCHOELCHER</t>
   </si>
   <si>
     <t>01/03/1993</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
@@ -311,71 +332,50 @@
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REUNION</t>
   </si>
   <si>
     <t>ZAC 2000 18 RUE CLAUDE CHAPPE 97420 LE PORT</t>
   </si>
   <si>
     <t>26/07/2017</t>
   </si>
   <si>
     <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
   </si>
   <si>
     <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
   </si>
   <si>
     <t>PARC EUROMEDECINE 989 RUE DE LA CROIX VERTE 34080 MONTPELLIER</t>
   </si>
   <si>
     <t>01/04/2006</t>
-  </si>
-[...19 lines deleted...]
-    <t>4390P000290</t>
   </si>
   <si>
     <t>CNAM ILE DE FRANCE - AGCNAM</t>
   </si>
   <si>
     <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>OPERATEUR PUBLIC REGIONAL DE FORMATION</t>
   </si>
   <si>
     <t>LE LARIVOT 49 LOTISSEMENT DALMAZIR 97351 MATOURY</t>
   </si>
   <si>
     <t>01/01/2014</t>
   </si>
   <si>
     <t>CNAM GRAND EST</t>
   </si>
   <si>
     <t>4 AVENUE DOCTEUR HEYDENREICH 54000 NANCY</t>
   </si>
@@ -1418,551 +1418,551 @@
       <c r="F16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>66</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>34896746400028</v>
+        <v>32439762900118</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3">
-        <v>22800077680</v>
+        <v>52440210544</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>39064039900015</v>
+        <v>34022316300023</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I18" s="3" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>97970049697</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>39089496200054</v>
+        <v>34896746400028</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="I19" s="3">
-        <v>11770565477</v>
+        <v>22800077680</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>39174243400015</v>
+        <v>39064039900015</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="I20" s="3">
-        <v>95970009897</v>
+        <v>97970049697</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>43411361900119</v>
+        <v>39089496200054</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="I21" s="3">
-        <v>53220704022</v>
+        <v>11770565477</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>43964416200034</v>
+        <v>39174243400015</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="I22" s="3">
-        <v>93131641013</v>
+        <v>95970009897</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>44320628900045</v>
+        <v>43411361900119</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D23" s="2" t="s">
         <v>87</v>
       </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="I23" s="3">
-        <v>82690751869</v>
+        <v>53220704022</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>44338132200025</v>
+        <v>43964416200034</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="I24" s="3">
-        <v>98970282197</v>
+        <v>93131641013</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>44911357000013</v>
+        <v>44320628900045</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="D25" s="2"/>
+      <c r="D25" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="I25" s="3">
-        <v>24450217445</v>
+        <v>82690751869</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>49189213900016</v>
+        <v>44338132200025</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="I26" s="3">
-        <v>91340604534</v>
+        <v>98970282197</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>32439762900118</v>
+        <v>44911357000013</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="I27" s="3">
-        <v>52440210544</v>
+        <v>24450217445</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>34022316300023</v>
+        <v>49189213900016</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>80</v>
+      </c>
+      <c r="I28" s="3">
+        <v>91340604534</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>78515062400365</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="I29" s="3">
         <v>11753852175</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>79492628700028</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>82304134800017</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>112</v>
       </c>
@@ -2027,246 +2027,240 @@
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>82456546900015</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="I33" s="3">
         <v>28140302014</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>82456546900056</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>123</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>82456546900064</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>82456546900072</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="I36" s="3">
         <v>28140302014</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>82456546900080</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="I37" s="3">
         <v>28140302014</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>82456546900106</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>132</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="I38" s="3"/>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -2290,31 +2284,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/13/2025 17:53:24</dc:description>
+  <dc:description>Export en date du 03/12/2026 22:01:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>