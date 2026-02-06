--- v0 (2025-10-18)
+++ v1 (2026-02-06)
@@ -14,95 +14,95 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>UNIVERSITE D'AIX MARSEILLE</t>
   </si>
   <si>
     <t>58 BOULEVARD CHARLES LIVON 13007 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/2012</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
@@ -269,53 +269,50 @@
     <t>AVIGNON UNIVERSITE</t>
   </si>
   <si>
     <t>74 RUE LOUIS PASTEUR 84000 AVIGNON</t>
   </si>
   <si>
     <t>26/09/1997</t>
   </si>
   <si>
     <t>9384P000984</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
-  </si>
-[...1 lines deleted...]
-    <t>SERVICES CENTRAUX</t>
   </si>
   <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
   <si>
     <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
   </si>
   <si>
     <t>1193P000893</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
@@ -1402,141 +1399,139 @@
         <v>83</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="D19" s="2"/>
+      <c r="E19" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="E20" s="2" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1561,31 +1556,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/18/2025 17:33:28</dc:description>
+  <dc:description>Export en date du 02/06/2026 08:57:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>