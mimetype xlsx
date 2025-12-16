--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE DE NIMES</t>
   </si>
   <si>
     <t>RUE DU DOCTEUR GEORGES SALAN 30000 NIMES</t>
   </si>
   <si>
     <t>07/05/2007</t>
   </si>
@@ -223,66 +223,66 @@
   <si>
     <t>1 RUE THOMAS BECKET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>2376P002876</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
+    <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
+  </si>
+  <si>
+    <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>ASS GEST UNIVERSITE CATHO OUEST BRET SUD</t>
   </si>
   <si>
     <t>LE VINCIN 56610 ARRADON</t>
   </si>
   <si>
     <t>01/09/1995</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1900</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1242,108 +1242,108 @@
       <c r="F16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>68</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>40232332300012</v>
+        <v>78611668100010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>53560577856</v>
+        <v>52490001049</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78611668100010</v>
+        <v>40232332300012</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="3">
-        <v>52490001049</v>
+        <v>53560577856</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1368,31 +1368,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/15/2025 18:32:21</dc:description>
+  <dc:description>Export en date du 12/16/2025 09:37:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>