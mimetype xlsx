--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -472,78 +472,78 @@
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
     <t>1191P002991</t>
   </si>
   <si>
     <t>UNIVERSITE DE PARIS VIII.PARIS VINCENNES</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS VIII.PARIS VINCENN</t>
   </si>
   <si>
     <t>2 RUE DE LA LIBERTE 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
+    <t>SAINT DOMINIQUE</t>
+  </si>
+  <si>
+    <t>30 AVENUE FOUCHET 64000 PAU</t>
+  </si>
+  <si>
+    <t>31/01/1986</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>5 RUE DE MULHOUSE 21000 DIJON</t>
   </si>
   <si>
     <t>18/07/2024</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.31Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2409,145 +2409,145 @@
       <c r="F40" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>151</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>50876465100024</v>
+        <v>33461140700019</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I41" s="3">
-        <v>27210417621</v>
+        <v>72640096464</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>50876465100032</v>
+        <v>50876465100024</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>22</v>
+        <v>159</v>
       </c>
       <c r="I42" s="3">
         <v>27210417621</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>33461140700019</v>
+        <v>50876465100032</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>161</v>
+        <v>22</v>
       </c>
       <c r="I43" s="3">
-        <v>72640096464</v>
+        <v>27210417621</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -2572,31 +2572,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 03:25:12</dc:description>
+  <dc:description>Export en date du 11/05/2025 07:19:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>