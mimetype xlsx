--- v1 (2025-11-05)
+++ v2 (2025-12-24)
@@ -472,78 +472,78 @@
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
     <t>1191P002991</t>
   </si>
   <si>
     <t>UNIVERSITE DE PARIS VIII.PARIS VINCENNES</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS VIII.PARIS VINCENN</t>
   </si>
   <si>
     <t>2 RUE DE LA LIBERTE 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
     <t>SAINT DOMINIQUE</t>
   </si>
   <si>
     <t>30 AVENUE FOUCHET 64000 PAU</t>
   </si>
   <si>
     <t>31/01/1986</t>
   </si>
   <si>
     <t>85.31Z</t>
-  </si>
-[...16 lines deleted...]
-    <t>18/07/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2409,145 +2409,145 @@
       <c r="F40" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>151</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>33461140700019</v>
+        <v>50876465100024</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I41" s="3">
-        <v>72640096464</v>
+        <v>27210417621</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>50876465100024</v>
+        <v>50876465100032</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>159</v>
+        <v>22</v>
       </c>
       <c r="I42" s="3">
         <v>27210417621</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>50876465100032</v>
+        <v>33461140700019</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="I43" s="3">
-        <v>27210417621</v>
+        <v>72640096464</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -2572,31 +2572,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 07:19:07</dc:description>
+  <dc:description>Export en date du 12/24/2025 13:23:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>