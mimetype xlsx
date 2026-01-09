--- v0 (2025-11-17)
+++ v1 (2026-01-09)
@@ -526,261 +526,261 @@
   <si>
     <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
   </si>
   <si>
     <t>1193P000893</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>AFORP FORMATION</t>
+  </si>
+  <si>
+    <t>64 AVENUE DE LA PLAINE DE FRANCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>CNAM ILE DE FRANCE - AGCNAM</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>OPERATEUR PUBLIC REGIONAL DE FORMATION</t>
+  </si>
+  <si>
+    <t>LE LARIVOT 49 LOTISSEMENT DALMAZIR 97351 MATOURY</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE L'OUEST</t>
+  </si>
+  <si>
+    <t>MOULIN DES LANDES 5 RUE PIERRE TREMINTIN 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>26/03/2015</t>
+  </si>
+  <si>
+    <t>CNAM BRETAGNE - AGCNAM</t>
+  </si>
+  <si>
+    <t>2 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
+  </si>
+  <si>
+    <t>02/02/2009</t>
+  </si>
+  <si>
     <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
   </si>
   <si>
     <t>12 PL DES ABATTOIRS 13015 MARSEILLE 15EME</t>
   </si>
   <si>
     <t>16/06/2012</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATION DES ARTS ET METIERS AUVERGNE-RHONE-ALPES</t>
   </si>
   <si>
     <t>CNAM AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>4 RUE RAVIER 69007 LYON</t>
   </si>
   <si>
     <t>07/07/2011</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REUNION</t>
   </si>
   <si>
     <t>ZAC 2000 18 RUE CLAUDE CHAPPE 97420 LE PORT</t>
   </si>
   <si>
     <t>26/07/2017</t>
   </si>
   <si>
     <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
   </si>
   <si>
     <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
+    <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
+  </si>
+  <si>
+    <t>PARC EUROMEDECINE 989 RUE DE LA CROIX VERTE 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
+    <t>PROMEO CENTRE DE FORMATION D APPRENTIS DE L INDUSTRIE DE PICARDIE PROMEO CFAI PICARDIE</t>
+  </si>
+  <si>
+    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>13 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>15/07/2002</t>
+  </si>
+  <si>
+    <t>4390P000290</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL DE FORMATION MULTIPROFESSIONNEL</t>
+  </si>
+  <si>
+    <t>2 RUE LACAZE 75014 PARIS</t>
+  </si>
+  <si>
+    <t>20/12/1995</t>
+  </si>
+  <si>
     <t>CNAM HAUTS-DE-FRANCE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>AV DES FACULTES 80000 AMIENS</t>
   </si>
   <si>
     <t>23/01/1990</t>
   </si>
   <si>
     <t>POLE FORMATION DES INDUSTRIES TECHNOLOGIQUES</t>
   </si>
   <si>
     <t>6 ROUTE DE MONETEAU 89000 AUXERRE</t>
   </si>
   <si>
     <t>01/10/1989</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CNAM DE MARTINIQUE</t>
   </si>
   <si>
     <t>CAMPUS INIVERSITAIRE BP 7216 CAMPUS UNIVERSITAIRE 97233 SCHOELCHER</t>
   </si>
   <si>
     <t>01/03/1993</t>
   </si>
   <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS EN GUADELOUPE</t>
   </si>
   <si>
     <t>CAMPUS FOUILLE FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
-    <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE L'OUEST</t>
-[...55 lines deleted...]
-  <si>
     <t>CNAM GRAND EST</t>
   </si>
   <si>
     <t>4 AVENUE DOCTEUR HEYDENREICH 54000 NANCY</t>
   </si>
   <si>
     <t>30/08/2016</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>ETSL</t>
   </si>
   <si>
     <t>46 RUE DE CHENONCEAU 44650 LEGE</t>
   </si>
   <si>
     <t>20/10/2016</t>
   </si>
   <si>
     <t>68.20B</t>
   </si>
   <si>
     <t>CNAM NOUVELLE-AQUITAINE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>CITE NUMERIQUE 2 RUE MARC SANGNIER 33130 BEGLES</t>
   </si>
   <si>
     <t>01/03/2021</t>
-  </si>
-[...31 lines deleted...]
-    <t>LE LARIVOT 49 LOTISSEMENT DALMAZIR 97351 MATOURY</t>
   </si>
   <si>
     <t>CNAM NORMANDIE</t>
   </si>
   <si>
     <t>ESPLANADE RABELAIS PLACE SAINT-CLAIR 14200 HEROUVILLE-SAINT-CLAIR</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>01/02/2017</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
     <t>LYCEE F BUISSON (CNAM) 6 RUE AUGUSTE HOUZEAU 76500 ELBEUF</t>
   </si>
   <si>
     <t>31/10/2024</t>
   </si>
   <si>
     <t>BAT 0 - PLATEAU DE L'ESPACE 1 AVENUE HUBERT CURIEN 27200 VERNON</t>
   </si>
@@ -2949,1108 +2949,1108 @@
         <v>168</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>43964416200034</v>
+        <v>77572845400205</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>171</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>173</v>
       </c>
       <c r="I48" s="3">
-        <v>93131641013</v>
+        <v>11921813492</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>44320628900045</v>
+        <v>78515062400365</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="D49" s="2" t="s">
+      <c r="D49" s="2"/>
+      <c r="E49" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="E49" s="2" t="s">
+      <c r="F49" s="2" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>22</v>
+        <v>177</v>
       </c>
       <c r="I49" s="3">
-        <v>82690751869</v>
+        <v>11753852175</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>44338132200025</v>
+        <v>79492628700028</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>180</v>
+        <v>31</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="I50" s="3"/>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>44911357000013</v>
+        <v>41093664500044</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I51" s="3">
-        <v>24450217445</v>
+        <v>53290768029</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>34896746400028</v>
+        <v>43411361900119</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>22</v>
+        <v>177</v>
       </c>
       <c r="I52" s="3">
-        <v>22800077680</v>
+        <v>53220704022</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>35250115900011</v>
+        <v>43964416200034</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F53" s="2" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="I53" s="3">
-        <v>26890094689</v>
+        <v>93131641013</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>39064039900015</v>
+        <v>44320628900045</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="E54" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="D54" s="2"/>
-      <c r="E54" s="2" t="s">
+      <c r="F54" s="2" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>173</v>
+        <v>22</v>
       </c>
       <c r="I54" s="3">
-        <v>97970049697</v>
+        <v>82690751869</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>39089496200054</v>
+        <v>44338132200025</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>197</v>
+        <v>22</v>
       </c>
       <c r="I55" s="3">
-        <v>11770565477</v>
+        <v>98970282197</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>39174243400015</v>
+        <v>44911357000013</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I56" s="3">
-        <v>95970009897</v>
+        <v>24450217445</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>41093664500044</v>
+        <v>49189213900016</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I57" s="3">
-        <v>53290768029</v>
+        <v>91340604534</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>43411361900119</v>
+        <v>30290898300026</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>173</v>
       </c>
       <c r="I58" s="3">
-        <v>53220704022</v>
+        <v>32600361560</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>30290898300026</v>
+        <v>32439762900118</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>197</v>
+        <v>22</v>
       </c>
       <c r="I59" s="3">
-        <v>32600361560</v>
+        <v>52440210544</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>32439762900118</v>
+        <v>34022316300023</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I60" s="3">
-        <v>52440210544</v>
+      <c r="I60" s="3" t="s">
+        <v>211</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>34022316300023</v>
+        <v>34182077700033</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>177</v>
+      </c>
+      <c r="I61" s="3">
+        <v>11751172675</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>34182077700033</v>
+        <v>34896746400028</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>173</v>
+        <v>22</v>
       </c>
       <c r="I62" s="3">
-        <v>11751172675</v>
+        <v>22800077680</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>82304134800017</v>
+        <v>35250115900011</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="I63" s="3">
-        <v>44540353454</v>
+        <v>26890094689</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>82332861200010</v>
+        <v>39064039900015</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="I64" s="3"/>
+        <v>177</v>
+      </c>
+      <c r="I64" s="3">
+        <v>97970049697</v>
+      </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>82434427900149</v>
+        <v>39089496200054</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>22</v>
+        <v>173</v>
       </c>
       <c r="I65" s="3">
-        <v>75331053233</v>
+        <v>11770565477</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>77572845400205</v>
+        <v>39174243400015</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>197</v>
+        <v>177</v>
       </c>
       <c r="I66" s="3">
-        <v>11921813492</v>
+        <v>95970009897</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>78515062400365</v>
+        <v>82304134800017</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>173</v>
+        <v>233</v>
       </c>
       <c r="I67" s="3">
-        <v>11753852175</v>
+        <v>44540353454</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>49189213900016</v>
+        <v>82332861200010</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="I68" s="3"/>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>79492628700028</v>
+        <v>82434427900149</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="I69" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I69" s="3">
+        <v>75331053233</v>
+      </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>82456546900015</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
         <v>242</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>243</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I70" s="3">
         <v>28140302014</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>82456546900056</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>245</v>
       </c>
       <c r="H71" s="2" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I71" s="3">
         <v>28140302014</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
         <v>82456546900064</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>247</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I72" s="3">
         <v>28140302014</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
         <v>82456546900072</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
         <v>248</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>249</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>197</v>
+        <v>173</v>
       </c>
       <c r="I73" s="3">
         <v>28140302014</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
         <v>82456546900080</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>251</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I74" s="3">
         <v>28140302014</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
         <v>82456546900106</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>252</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>253</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>99</v>
       </c>
       <c r="H75" s="2" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I75" s="3">
         <v>28140302014</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
         <v>90912410900010</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>256</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I76" s="3">
         <v>11922501292</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -4078,31 +4078,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/17/2025 06:20:54</dc:description>
+  <dc:description>Export en date du 01/10/2026 00:51:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>