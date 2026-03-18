--- v0 (2025-11-06)
+++ v1 (2026-03-18)
@@ -76,111 +76,111 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE MANAGEMENT GESTION</t>
   </si>
   <si>
     <t>IMMEUBLE SXB1 16 AVENUE DE L'EUROPE 67300 SCHILTIGHEIM</t>
   </si>
   <si>
     <t>01/11/2018</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>DIJON FORMATION</t>
+  </si>
+  <si>
+    <t>7 BOULEVARD DE L'EUROPE 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>01/08/2002</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ALTEA FORMATION</t>
+  </si>
+  <si>
+    <t>JAMES WATT BAT B 19 ALLEE JAMES WATT 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>23/08/2004</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ESPACE GABRIEL</t>
   </si>
   <si>
     <t>15 RUE MARTIN LUTHER KING 14280 SAINT-CONTEST</t>
   </si>
   <si>
     <t>30/05/2016</t>
   </si>
   <si>
     <t>13/12/2022</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>L'ESPACE GABRIEL</t>
   </si>
   <si>
     <t>12/04/2023</t>
   </si>
   <si>
+    <t>H3</t>
+  </si>
+  <si>
+    <t>35 RUE DE CLICHY 75009 PARIS</t>
+  </si>
+  <si>
+    <t>09/02/1998</t>
+  </si>
+  <si>
     <t>CIPECMA</t>
   </si>
   <si>
     <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...28 lines deleted...]
-    <t>23/08/2004</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -622,260 +622,256 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>42670139667</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>52264673600028</v>
+        <v>42387070800025</v>
       </c>
       <c r="B3" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="2" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="G3" s="2"/>
+      <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="G3" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I3" s="3">
-        <v>25140238414</v>
+        <v>26210170621</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>53161648000038</v>
+        <v>43780876900040</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G4" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H4" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I4" s="3">
-        <v>25140242014</v>
+        <v>72330569433</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78128367600018</v>
+        <v>52264673600028</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G5" s="2"/>
+        <v>31</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>32</v>
+      </c>
       <c r="H5" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>42387070800025</v>
+        <v>53161648000038</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="G6" s="2"/>
+        <v>31</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>70202279900028</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I7" s="3">
         <v>11753927775</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>43780876900040</v>
+        <v>78128367600018</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I8" s="3">
-        <v>72330569433</v>
+        <v>54170000117</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -900,31 +896,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/06/2025 01:54:40</dc:description>
+  <dc:description>Export en date du 03/18/2026 20:26:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>