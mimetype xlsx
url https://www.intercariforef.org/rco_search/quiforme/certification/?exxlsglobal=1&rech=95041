--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -196,126 +196,126 @@
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>HECATE FORMATION</t>
   </si>
   <si>
     <t>26 A 34 26 AVENUE DE LA CROIX SAINT-MARTIN 03200 VICHY</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>IIT FORMATIONS ALTERNEES ORNES</t>
   </si>
   <si>
     <t>RUE DU MANS 61000 ALENCON</t>
   </si>
   <si>
     <t>15/07/2013</t>
   </si>
   <si>
+    <t>FORMATION CONSEIL THALATHERM</t>
+  </si>
+  <si>
+    <t>VILLA COULET AVENUE DES THERMES 04800 GREOUX-LES-BAINS</t>
+  </si>
+  <si>
+    <t>01/11/1998</t>
+  </si>
+  <si>
+    <t>10/06/2024</t>
+  </si>
+  <si>
+    <t>CONSEIL NATIONAL DES ETABLISSEMENTS THERMAUX</t>
+  </si>
+  <si>
+    <t>C N E TH 1 RUE CELS 75014 PARIS</t>
+  </si>
+  <si>
+    <t>26/06/2002</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
     <t>ECOLE AGRICOLE PRIVEE MAISON FAMI RURALE</t>
   </si>
   <si>
     <t>03160 SAINT LEOPARDIN D'AUGY</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
   </si>
   <si>
     <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>01/11/1996</t>
   </si>
   <si>
-    <t>FORMATION CONSEIL THALATHERM</t>
-[...10 lines deleted...]
-  <si>
     <t>ENSEIGNEMENT CATHOLIQUE THONON</t>
   </si>
   <si>
     <t>LYCEE PRIVE ST JOSEPH</t>
   </si>
   <si>
     <t>5 AVENUE DU LEMAN 74200 THONON-LES-BAINS</t>
   </si>
   <si>
     <t>01/09/1985</t>
   </si>
   <si>
     <t>IRFA SUD</t>
   </si>
   <si>
     <t>32 AVENUE DE LODEVE 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>30/04/2024</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION</t>
   </si>
   <si>
     <t>15 HAMEAU DE BLEGNY 39110 SALINS-LES-BAINS</t>
   </si>
   <si>
     <t>17/02/2014</t>
-  </si>
-[...10 lines deleted...]
-    <t>94.12Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1102,309 +1102,309 @@
       <c r="F11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I11" s="3">
         <v>25610038361</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77904719000011</v>
+        <v>42061079200012</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="G12" s="2"/>
+      <c r="G12" s="2" t="s">
+        <v>63</v>
+      </c>
       <c r="H12" s="2" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="I12" s="3">
-        <v>83030338203</v>
+        <v>93040042304</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78209967500020</v>
+        <v>44428253700018</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>42061079200012</v>
+        <v>77904719000011</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="G14" s="2" t="s">
         <v>70</v>
       </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I14" s="3">
-        <v>93040042304</v>
+        <v>83030338203</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>30296432500062</v>
+        <v>78209967500020</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="D15" s="2" t="s">
         <v>72</v>
       </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I15" s="3">
-        <v>84740320974</v>
+        <v>72400000340</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>31550339100221</v>
+        <v>30296432500062</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="D16" s="2"/>
+      <c r="D16" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="G16" s="2" t="s">
         <v>78</v>
       </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I16" s="3">
-        <v>91340000934</v>
+        <v>84740320974</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>80275703900010</v>
+        <v>31550339100221</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="G17" s="2"/>
+      <c r="G17" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="H17" s="2" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="I17" s="3">
-        <v>43390102539</v>
+        <v>91340000934</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>44428253700018</v>
+        <v>80275703900010</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="I18" s="3"/>
+        <v>71</v>
+      </c>
+      <c r="I18" s="3">
+        <v>43390102539</v>
+      </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1417,31 +1417,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 13:51:24</dc:description>
+  <dc:description>Export en date du 12/24/2025 21:49:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>