--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -178,50 +178,74 @@
   <si>
     <t>4370P001470</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT MONGE</t>
   </si>
   <si>
     <t>GRETA SAVOIE</t>
   </si>
   <si>
     <t>119 AVENUE MARIUS BERROIR 73000 CHAMBERY</t>
   </si>
   <si>
     <t>01/09/2007</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT NELSON MANDELA</t>
   </si>
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
+    <t>ENSEIGNEMENT CATHOLIQUE THONON</t>
+  </si>
+  <si>
+    <t>LYCEE PRIVE ST JOSEPH</t>
+  </si>
+  <si>
+    <t>5 AVENUE DU LEMAN 74200 THONON-LES-BAINS</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>IRFA SUD</t>
+  </si>
+  <si>
+    <t>32 AVENUE DE LODEVE 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
     <t>HECATE FORMATION</t>
   </si>
   <si>
     <t>26 A 34 26 AVENUE DE LA CROIX SAINT-MARTIN 03200 VICHY</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>IIT FORMATIONS ALTERNEES ORNES</t>
   </si>
   <si>
     <t>RUE DU MANS 61000 ALENCON</t>
   </si>
   <si>
     <t>15/07/2013</t>
   </si>
   <si>
     <t>FORMATION CONSEIL THALATHERM</t>
   </si>
   <si>
     <t>VILLA COULET AVENUE DES THERMES 04800 GREOUX-LES-BAINS</t>
   </si>
   <si>
     <t>01/11/1998</t>
@@ -239,74 +263,50 @@
     <t>26/06/2002</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t>ECOLE AGRICOLE PRIVEE MAISON FAMI RURALE</t>
   </si>
   <si>
     <t>03160 SAINT LEOPARDIN D'AUGY</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
   </si>
   <si>
     <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>01/11/1996</t>
-  </si>
-[...22 lines deleted...]
-    <t>30/04/2024</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION</t>
   </si>
   <si>
     <t>15 HAMEAU DE BLEGNY 39110 SALINS-LES-BAINS</t>
   </si>
   <si>
     <t>17/02/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1028,368 +1028,364 @@
       <c r="F9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I9" s="3">
         <v>54860142086</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>37867851000033</v>
+        <v>30296432500062</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D10" s="2"/>
+      <c r="D10" s="2" t="s">
+        <v>55</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I10" s="3">
-        <v>83030144603</v>
+        <v>84740320974</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>40110456700029</v>
+        <v>31550339100221</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="G11" s="2"/>
+        <v>60</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="H11" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I11" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>42061079200012</v>
+        <v>37867851000033</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I12" s="3">
-        <v>93040042304</v>
+        <v>83030144603</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>44428253700018</v>
+        <v>40110456700029</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>25</v>
+      </c>
+      <c r="I13" s="3">
+        <v>25610038361</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77904719000011</v>
+        <v>42061079200012</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="G14" s="2"/>
+      <c r="G14" s="2" t="s">
+        <v>71</v>
+      </c>
       <c r="H14" s="2" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>78209967500020</v>
+        <v>44428253700018</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>30296432500062</v>
+        <v>77904719000011</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D16" s="2" t="s">
         <v>76</v>
       </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="I16" s="3">
-        <v>84740320974</v>
+        <v>83030338203</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>31550339100221</v>
+        <v>78209967500020</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G17" s="2" t="s">
         <v>82</v>
       </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I17" s="3">
-        <v>91340000934</v>
+        <v>72400000340</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>80275703900010</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="I18" s="3">
         <v>43390102539</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1417,31 +1413,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 21:49:30</dc:description>
+  <dc:description>Export en date du 02/14/2026 20:24:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>