--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -407,50 +407,53 @@
     <t>PLACE JEAN DAVID 32000 AUCH</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE L'INDRE</t>
   </si>
   <si>
     <t>24 PLACE GAMBETTA 36000 CHATEAUROUX</t>
   </si>
   <si>
     <t>2436P000136</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
   </si>
   <si>
     <t>GROUPE FORMATION-CCI FORMATION-CFA IMT-ISCO</t>
   </si>
   <si>
     <t>7 RUE HOCHE 38000 GRENOBLE</t>
   </si>
   <si>
     <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
   </si>
   <si>
     <t>8238P001138</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE JURA</t>
   </si>
   <si>
     <t>33 PLACE DE LA COMEDIE 39000 LONS-LE-SAUNIER</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE DES LANDES</t>
   </si>
   <si>
     <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>7240P003840</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU LOIRET</t>
   </si>
   <si>
     <t>CITEVOLIA 1 PLACE RIVIERRE CASALIS 45400 FLEURY-LES-AUBRAIS</t>
   </si>
@@ -1425,62 +1428,64 @@
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>13001727000195</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="I11" s="3"/>
+      <c r="I11" s="3">
+        <v>11756232075</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>13001727000260</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
@@ -2332,846 +2337,848 @@
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>126</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>18383001700152</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>128</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="G36" s="2"/>
+      <c r="G36" s="2" t="s">
+        <v>131</v>
+      </c>
       <c r="H36" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>18390002600018</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3">
         <v>27390131439</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>18400002400010</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>18450001500153</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>18460001300017</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>18480002700015</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>18530044900013</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="3">
         <v>52530049653</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>18560005300184</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>18572202200125</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>18580003400067</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>18640002400011</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>18720092800013</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="3">
         <v>52720101272</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>18733001400015</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="3">
         <v>82730146473</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>18750002000073</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>18820001800045</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="3"/>
       <c r="J50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>18830001600014</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>18850049000019</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="3">
         <v>52850109285</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>18882211800017</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>51402217700026</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I54" s="3">
         <v>43250236725</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>84458985300010</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I55" s="3"/>
       <c r="J55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I56" s="3">
         <v>76341086134</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>90007495600013</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I57" s="3">
         <v>84691862869</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -3203,31 +3210,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/13/2025 09:53:55</dc:description>
+  <dc:description>Export en date du 12/13/2025 01:13:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>