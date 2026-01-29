--- v1 (2025-12-13)
+++ v2 (2026-01-29)
@@ -3210,31 +3210,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/13/2025 01:13:55</dc:description>
+  <dc:description>Export en date du 01/29/2026 22:58:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>