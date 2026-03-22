--- v2 (2026-01-29)
+++ v3 (2026-03-22)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -412,53 +412,50 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE L'INDRE</t>
   </si>
   <si>
     <t>24 PLACE GAMBETTA 36000 CHATEAUROUX</t>
   </si>
   <si>
     <t>2436P000136</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
   </si>
   <si>
     <t>GROUPE FORMATION-CCI FORMATION-CFA IMT-ISCO</t>
   </si>
   <si>
     <t>7 RUE HOCHE 38000 GRENOBLE</t>
   </si>
   <si>
     <t>01/09/1993</t>
   </si>
   <si>
     <t>27/10/2025</t>
   </si>
   <si>
-    <t>8238P001138</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE JURA</t>
   </si>
   <si>
     <t>33 PLACE DE LA COMEDIE 39000 LONS-LE-SAUNIER</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE DES LANDES</t>
   </si>
   <si>
     <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>7240P003840</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU LOIRET</t>
   </si>
   <si>
     <t>CITEVOLIA 1 PLACE RIVIERRE CASALIS 45400 FLEURY-LES-AUBRAIS</t>
   </si>
   <si>
     <t>03/06/2019</t>
   </si>
   <si>
     <t>2445P000945</t>
@@ -479,53 +476,50 @@
     <t>16 BOULEVARD DU SOUBEYRAN 48000 MENDE</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA MAYENNE</t>
   </si>
   <si>
     <t>12 RUE DE VERDUN 53000 LAVAL</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MORBIHAN</t>
   </si>
   <si>
     <t>2 B RUE BEAUVAIS 56100 LORIENT</t>
   </si>
   <si>
     <t>01/09/1997</t>
   </si>
   <si>
     <t>01/07/2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>5356P001456</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE MOSELLE METROPOLE METZ</t>
   </si>
   <si>
     <t>CTRE CONSULAIRE DE FORMATION</t>
   </si>
   <si>
     <t>5 RUE JEAN ANTOINE CHAPTAL 57070 METZ</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
     <t>4157P000957</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA NIEVRE</t>
   </si>
   <si>
     <t>GROUPE CCI FORMATION</t>
   </si>
   <si>
     <t>74 RUE FAIDHERBE 58000 NEVERS</t>
   </si>
@@ -1163,92 +1157,88 @@
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>13000809700011</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I4" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>13000810500012</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>13001278400018</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
@@ -2357,828 +2347,822 @@
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>18383001700152</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>128</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>131</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="I36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>18390002600018</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3">
         <v>27390131439</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>18400002400010</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>18450001500153</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>18460001300017</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>18480002700015</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>18530044900013</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I42" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I42" s="3"/>
       <c r="J42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>18560005300184</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="F43" s="2" t="s">
+      <c r="G43" s="2" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="I43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I43" s="3"/>
       <c r="J43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>18572202200125</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E44" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="D44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>18580003400067</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E45" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="D45" s="2" t="s">
+      <c r="F45" s="2" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>18640002400011</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="E46" s="2" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>18720092800013</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="3">
         <v>52720101272</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>18733001400015</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="E48" s="2" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="3">
         <v>82730146473</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>18750002000073</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>18820001800045</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="3"/>
       <c r="J50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>18830001600014</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>18850049000019</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="3">
         <v>52850109285</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>18882211800017</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>51402217700026</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I54" s="3">
         <v>43250236725</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>84458985300010</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="I55" s="3"/>
       <c r="J55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I56" s="3">
         <v>76341086134</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>90007495600013</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I57" s="3">
         <v>84691862869</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -3210,31 +3194,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/29/2026 22:58:51</dc:description>
+  <dc:description>Export en date du 03/22/2026 19:06:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>