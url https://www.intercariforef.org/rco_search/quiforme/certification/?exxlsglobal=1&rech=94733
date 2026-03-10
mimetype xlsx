--- v0 (2025-10-15)
+++ v1 (2026-03-10)
@@ -14,205 +14,349 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>UNIVERSITE GRENOBLE ALPES</t>
   </si>
   <si>
     <t>621 AVENUE CENTRALE 38400 SAINT-MARTIN-D'HERES</t>
   </si>
   <si>
     <t>04/11/2019</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>UNIVERSITE DE ROUEN-NORMANDIE</t>
   </si>
   <si>
     <t>1 RUE THOMAS BECKET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>2376P002876</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PIERRE BROSSOLETTE</t>
   </si>
   <si>
     <t>3 AU 5 3 RUE PIERRE BROSSOLETTE 94270 LE KREMLIN-BICETRE</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
+    <t>ASSOCIATION REGIONALE DU TRAVAIL SOCIAL NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>IRTS NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>BP 39 9 RUE FRANCOIS RABELAIS 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE TOURAINE EDUCATION ET CULTURE</t>
+  </si>
+  <si>
+    <t>INSTITUT DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>17 RUE GROISON 37100 TOURS</t>
+  </si>
+  <si>
+    <t>06/07/1981</t>
+  </si>
+  <si>
+    <t>OCELLIA</t>
+  </si>
+  <si>
+    <t>CP 320 20 RUE DE LA CLAIRE 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
+    <t>103 AVENUE MAURICE FAURE 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>3 AVENUE VICTOR HUGO 38130 ECHIROLLES</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>AFERTES</t>
+  </si>
+  <si>
+    <t>5 RUE FREDERIC DEGEORGE 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>28/06/2013</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASS DEVELOPPEM SOCIAL &amp; CULTUR INTERNAT</t>
+  </si>
+  <si>
+    <t>ROUTE DE DUCLAIR 76380 CANTELEU</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>CEFRAS</t>
+  </si>
+  <si>
+    <t>11 RUE DE PIED SEC 72100 LE MANS</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>ASS REGIONALE DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>SITE METROPOLE LILLOISE</t>
+  </si>
+  <si>
+    <t>RUE AMBROISE PARE 59120 LOOS</t>
+  </si>
+  <si>
+    <t>SITE D ARTOIS</t>
+  </si>
+  <si>
+    <t>5 RUE MAURICE SCHUMAN 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
+    <t>SITE GRAND LITTORAL</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITE DE L ETOILE RUE GALILEE 59760 GRANDE-SYNTHE</t>
+  </si>
+  <si>
+    <t>02/03/2009</t>
+  </si>
+  <si>
+    <t>136 AVENUE ALAN TURING 59410 ANZIN</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>HELIOT A 47 RUE DU DOCTEUR CALOT 62600 BERCK</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>ASSOCIATION EUROPEENNE SUPERIEUR DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>22 RUE HALEVY 59000 LILLE</t>
+  </si>
+  <si>
+    <t>02/06/1986</t>
+  </si>
+  <si>
+    <t>ASS DEVELOPPEMENT ECONOMIQUE ET SOCIAL</t>
+  </si>
+  <si>
+    <t>9 B RUE ARMAND CHABRIER 47400 TONNEINS</t>
+  </si>
+  <si>
+    <t>01/09/1987</t>
+  </si>
+  <si>
+    <t>INSTITUT DU TRAVAIL SOCIAL PIERRE BOURDIEU</t>
+  </si>
+  <si>
+    <t>8 COURS LEON BERARD 64000 PAU</t>
+  </si>
+  <si>
     <t>INST REGIONAL TRAVAIL SOCIAL PACA CORSE</t>
   </si>
   <si>
     <t>20 BOULEVARD DES SALYENS 13008 MARSEILLE</t>
   </si>
   <si>
     <t>06/07/1988</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT REGIONAL DU TRAVAIL SOCIAL DE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>1 RUE ALFRED DE VIGNY 25000 BESANCON</t>
   </si>
   <si>
     <t>15/12/2005</t>
   </si>
   <si>
     <t>AFRIS PARIS PARMENTIER</t>
   </si>
   <si>
     <t>145 AVENUE PARMENTIER 75010 PARIS</t>
   </si>
   <si>
     <t>01/01/1989</t>
   </si>
   <si>
     <t>8 B RUE EUGENE GONON 77000 MELUN</t>
   </si>
   <si>
     <t>28/03/2001</t>
   </si>
   <si>
     <t>INITIATIVES</t>
   </si>
   <si>
     <t>43 BOULEVARD DU MARECHAL JOFFRE 92340 BOURG-LA-REINE</t>
   </si>
   <si>
     <t>20/11/1998</t>
   </si>
   <si>
     <t>88.99B</t>
   </si>
   <si>
     <t>ASSOCIATION IMF GESTIONNAIRE DE L'INSTITUT MEDITERRANEEN DE FORMATION RECHERCHE ET INTERVENTION SOCIALE</t>
   </si>
   <si>
     <t>HAMADRYADE BATIMENT B 55 ALLEE CAMILLE CLAUDEL 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/07/2018</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>DOMAINE D'HIPPONE 59 AVENUE DE SAINT JUST 13013 MARSEILLE</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>FORMATION APPRENTISSAGE INNOVATION RECHERCHE EDUCATION - ECONOMIE SOCIALE ET SOLIDAIRE</t>
   </si>
   <si>
     <t>LES CHENES VERTS 1011 RUE DU PONT DE LAVERUNE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>SITE PERCIER IRTS 1 RUE CHARLES PERCIER 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>11/04/2011</t>
   </si>
   <si>
     <t>INST REG TRAVAIL SOCIAL CHAMP-ARDENNE</t>
   </si>
   <si>
     <t>8 RUE FREDERIC ET IRENE JOLIOT-CURIE 51100 REIMS</t>
@@ -244,98 +388,131 @@
   <si>
     <t>QUARTIER RIVIERE L OR 97212 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>01/11/2017</t>
   </si>
   <si>
     <t>FORM'ACTION</t>
   </si>
   <si>
     <t>PETIT PEROU 41 LOTISSEMENT DUGAZON DE BOURGOGNE 97139 LES ABYMES</t>
   </si>
   <si>
     <t>26/03/1998</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DE L'ESSONNE</t>
   </si>
   <si>
     <t>23 RUE DES ATELIERS 91350 GRIGNY</t>
   </si>
   <si>
     <t>01/10/2007</t>
   </si>
   <si>
+    <t>ASKORIA</t>
+  </si>
+  <si>
+    <t>2 AVENUE DU BOIS LABBE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>11/04/2013</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>7 RUE DES MONTAGNES 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>12 RUE DU VAU MENO 22000 SAINT-BRIEUC</t>
+  </si>
+  <si>
     <t>ENSEIS</t>
   </si>
   <si>
     <t>ENSEIS - ETABLISSEMENT DE LA LOIRE</t>
   </si>
   <si>
     <t>42 RUE DE LA TOUR DE VARAN 42700 FIRMINY</t>
   </si>
   <si>
     <t>07/10/1998</t>
   </si>
   <si>
     <t>ENSEIS - ETABLISSEMENT DE HAUTE-SAVOIE</t>
   </si>
   <si>
     <t>1 B BD DU FIER 74000 ANNECY</t>
   </si>
   <si>
     <t>23/06/2006</t>
   </si>
   <si>
     <t>ENSEIS - SIEGE SOCIAL</t>
   </si>
   <si>
     <t>185 RUE JEAN VOILLOT 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>01/01/2009</t>
   </si>
   <si>
     <t>ENSEIS - ETABLISSEMENT DE L'AIN</t>
   </si>
   <si>
     <t>48 RUE DU PELOUX 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>17/11/2010</t>
   </si>
   <si>
     <t>ASSOC REGIONALE DES CEMEA IDF</t>
   </si>
   <si>
     <t>65 RUE DES CITES 93300 AUBERVILLIERS</t>
   </si>
   <si>
     <t>31/12/2012</t>
   </si>
   <si>
+    <t>ARDEQAF</t>
+  </si>
+  <si>
+    <t>ERTS</t>
+  </si>
+  <si>
+    <t>2032 RUE DU GENERAL DE GAULLE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>01/06/2006</t>
+  </si>
+  <si>
     <t>IRTESS</t>
   </si>
   <si>
     <t>2 ET 4 2 RUE PROFESSEUR MARION 21000 DIJON</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>IRTS NORMANDIE-CAEN ARRFIS</t>
   </si>
   <si>
     <t>2 RUE DU CAMPUS 14200 HEROUVILLE-SAINT-CLAIR</t>
   </si>
   <si>
     <t>18/06/2020</t>
   </si>
   <si>
     <t>ASSOCIATION DE RECHERCHE ET DE FORMATION EN INTERVENTION SOCIALE-OCEAN INDIEN - IRTS REUNION-MAYOTTE - CREAI OI</t>
   </si>
   <si>
     <t>1 RUE SULLY BRUNET 97470 SAINT-BENOIT</t>
   </si>
   <si>
     <t>01/08/2001</t>
@@ -364,183 +541,207 @@
   <si>
     <t>ASS APAFASE GARD IFME</t>
   </si>
   <si>
     <t>2117 CHEMIN DU BACHAS 30000 NIMES</t>
   </si>
   <si>
     <t>09/02/2009</t>
   </si>
   <si>
     <t>ASS GUADE FORMAT TRAVAILLEURS SOCIAUX</t>
   </si>
   <si>
     <t>RTE DE LA ROCADE LD GRAND CAMP 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/06/1999</t>
   </si>
   <si>
     <t>IFR@SS</t>
   </si>
   <si>
     <t>2 B RUE EMILE PELLETIER 31100 TOULOUSE</t>
   </si>
   <si>
-    <t>01/09/2003</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION E.R.A.S.M.E</t>
   </si>
   <si>
     <t>134 ROUTE D'ESPAGNE 31100 TOULOUSE</t>
   </si>
   <si>
     <t>15/06/2016</t>
   </si>
   <si>
     <t>ARFRIPS</t>
   </si>
   <si>
     <t>10 IMPASSE PIERRE BAIZET 69009 LYON</t>
   </si>
   <si>
     <t>01/09/2010</t>
   </si>
   <si>
+    <t>INSTITUT DU TRAVAIL SOCIAL DE LA REGION AUVERGNE</t>
+  </si>
+  <si>
+    <t>62 AVENUE MARX DORMOY 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>POUR LE DEVELOPPEMENT DE L APPRENTISSAGE DES PROFESSIONS DU SECTEUR SANITAIRE ET SOCIAL</t>
+  </si>
+  <si>
+    <t>RESIDENCE CHATEAU LEVAT 44 AVENUE DE SAINT LAZARE 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>15/07/2021</t>
+  </si>
+  <si>
+    <t>01/11/2024</t>
+  </si>
+  <si>
+    <t>ASS REGIONALE DES INSTITUTS DE FORMATION EN TRAVAIL SOCIAL PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>ARIFTS - SAFRANTS</t>
+  </si>
+  <si>
+    <t>10 RUE DARWIN 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>10 RUE MARION CAHOUR 44400 REZE</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
     <t>ASSOCIATION SAUVEGARDE ENFANCE FINISTERE</t>
   </si>
   <si>
     <t>ITES</t>
   </si>
   <si>
     <t>ZAC DE KERGARADEC 170 RUE JULES JANSSEN 29490 GUIPAVAS</t>
   </si>
   <si>
     <t>28/04/2008</t>
   </si>
   <si>
     <t>ASSOC REG SAUVEGARDE ENFANT ADO ADUL</t>
   </si>
   <si>
     <t>INKIPIT L'ECOLE DU PRENDRE SOIN</t>
   </si>
   <si>
     <t>AVENUE DU GENERAL DE CROUTTE 31100 TOULOUSE</t>
   </si>
   <si>
     <t>24/09/1985</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION DE FORMATION EN TRAVAIL EDUCATIF ET SOCIAL</t>
   </si>
   <si>
     <t>17 AVENUE THEOPHILE ROUSSEL 48100 MARVEJOLS</t>
   </si>
   <si>
     <t>01/06/1998</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>CROIX ROUGE FRANCAISE</t>
   </si>
   <si>
     <t>IRFSS-FI BASSE NORMANDIE ALENCON</t>
   </si>
   <si>
     <t>5 RUE DU GUE DE GESNES 61000 ALENCON</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT FORMATION EN TRAVAIL SOCIA</t>
   </si>
   <si>
     <t>QUARTIER DARBUSSON 201 CHEMIN DE FAVEYROLLES 83190 OLLIOULES</t>
   </si>
   <si>
-    <t>01/01/2002</t>
-[...1 lines deleted...]
-  <si>
     <t>SAUVEGARDE ENFANCE ADOLESCENCE YVELINES</t>
   </si>
   <si>
     <t>BUC RESSOURCES</t>
   </si>
   <si>
     <t>1 B RUE LOUIS MASSOTTE 78530 BUC</t>
   </si>
   <si>
     <t>04/12/1987</t>
   </si>
   <si>
     <t>ARFISS</t>
   </si>
   <si>
     <t>1 RUE GEORGES GUYNEMER 86000 POITIERS</t>
   </si>
   <si>
     <t>CENTR POLYVAL FORMAT PROFES LA ROUATIERE</t>
   </si>
   <si>
     <t>DOM LA ROUATIERE 11400 SOUILHANELS</t>
   </si>
   <si>
     <t>10/02/1988</t>
   </si>
   <si>
     <t>POLARIS FORMATION</t>
   </si>
   <si>
     <t>2 RUE DU BUISSON 87170 ISLE</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>ECOLE SUPERIEUR DE PRAXIS SOCIAL DE MULHOUSE</t>
   </si>
   <si>
     <t>N°4-6 4 RUE SCHLUMBERGER 68200 MULHOUSE</t>
   </si>
   <si>
     <t>06/10/1993</t>
   </si>
   <si>
     <t>ASSOCIATION DON BOSCO LYON</t>
   </si>
   <si>
-    <t>123 CHEMIN DE CHOULANS 69005 LYON</t>
+    <t>123 MONTEE DE CHOULANS 69005 LYON</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>APRADIS</t>
   </si>
   <si>
     <t>6 RUE DES DEUX PONTS 80000 AMIENS</t>
   </si>
   <si>
     <t>9 RUE MOJZESZ SOLCZANSKI 02000 LAON</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
     <t>2 RUE HIPPOLYTE BAYARD 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>ASS GESTION INSTITUT FORMAT EDUCAT NORMA</t>
   </si>
@@ -580,53 +781,50 @@
   <si>
     <t>24 RUE LOUIS ARMAND 75015 PARIS</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>ECOLE PRATIQUE SERVICE SOCIAL</t>
   </si>
   <si>
     <t>ECOLE PRATIQUE DE SERVICE SOCIAL</t>
   </si>
   <si>
     <t>13 BOULEVARD DE L'HAUTIL 95000 CERGY</t>
   </si>
   <si>
     <t>29/04/2015</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE TRAVAIL SOCIAL</t>
   </si>
   <si>
     <t>TOUR MAINE MONTPARNASSE 33 AVENUE DU MAINE 75015 PARIS</t>
   </si>
   <si>
-    <t>01/12/2020</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS POUR LA GESTION DU CENTRE DE FORMATION ST HONORE</t>
   </si>
   <si>
     <t>42 RUE DE ROMAINVILLE 75019 PARIS</t>
   </si>
   <si>
     <t>30/06/2005</t>
   </si>
   <si>
     <t>INST TRAVAIL SOCIAL RECHER SOC</t>
   </si>
   <si>
     <t>INST REGION TRAVAIL SOCIAL IDF</t>
   </si>
   <si>
     <t>1 RUE DU 11 NOVEMBRE 92120 MONTROUGE</t>
   </si>
   <si>
     <t>INSTITUT REG TRAVAIL SOCIAL IDF</t>
   </si>
   <si>
     <t>150 AVENUE PAUL VAILLANT COUTURIER 93330 NEUILLY-SUR-MARNE</t>
   </si>
   <si>
     <t>01/11/2001</t>
@@ -634,252 +832,57 @@
   <si>
     <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
   </si>
   <si>
     <t>12 AVENUE DU VAL DE FONTENAY 94120 FONTENAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>02/05/2022</t>
   </si>
   <si>
     <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
   </si>
   <si>
     <t>ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>LES ETABLIERES-SUP SOCIAL</t>
   </si>
   <si>
     <t>LES ETABLIERES ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>01/09/2005</t>
   </si>
   <si>
-    <t>ASKORIA</t>
-[...19 lines deleted...]
-  <si>
     <t>INSTITUT CORSE DE FORMATION ET RECHERCHE EN TRAVAIL SOCIAL</t>
   </si>
   <si>
     <t>IMMEUBLE LOUMALAND 2 CHE DE L ANNONCIADE 20200 BASTIA</t>
   </si>
   <si>
     <t>17/02/2014</t>
-  </si>
-[...172 lines deleted...]
-    <t>01/11/2024</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION ET LA RECHERCHE EN INTERVENTION SOCIALE</t>
   </si>
   <si>
     <t>ESEIS 3 RUE SEDILLOT 67000 STRASBOURG</t>
   </si>
   <si>
     <t>10/10/2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1437,3183 +1440,3177 @@
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>34937334000018</v>
+        <v>30116880300015</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>32</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I6" s="3">
-        <v>93130297513</v>
+        <v>72330005533</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>34943244300043</v>
+        <v>30282378600025</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="D7" s="2"/>
+      <c r="D7" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="3">
-        <v>43250012425</v>
+        <v>24370008237</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>34997263800010</v>
+        <v>30293883200045</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3">
-        <v>11751381975</v>
+        <v>82690031369</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>34997263800036</v>
+        <v>30293883200052</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>11751381975</v>
+        <v>82690031369</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>35335070500037</v>
+        <v>30293883200060</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>11920398392</v>
+        <v>82690031369</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>37891162200074</v>
+        <v>31151165300041</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="G11" s="2"/>
+      <c r="G11" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="H11" s="2" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>37891162200082</v>
+        <v>31184406200035</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>93130011013</v>
+        <v>23760007876</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>38036912400017</v>
+        <v>31450443200050</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I13" s="3">
-        <v>91340190634</v>
+        <v>52490027949</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38036912400025</v>
+        <v>31807145300019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>60</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3">
-        <v>91340190634</v>
+        <v>31590021959</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38152268900011</v>
+        <v>31807145300076</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>62</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>21510015851</v>
+        <v>31590021959</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38362039000039</v>
+        <v>31807145300134</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>65</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>11910779591</v>
+        <v>31590021959</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38493818900063</v>
+        <v>31807145300167</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I17" s="3">
-        <v>97970131297</v>
+        <v>31590021959</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>38493818900097</v>
+        <v>31807145300175</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="G18" s="2"/>
+        <v>71</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>72</v>
+      </c>
       <c r="H18" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>38518253000035</v>
+        <v>33897756400016</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I19" s="3">
-        <v>95970034997</v>
+        <v>31590674059</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>38881337000045</v>
+        <v>34247580300017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="I20" s="3">
-        <v>11910212491</v>
+        <v>72470011747</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>39269401400029</v>
+        <v>34396218900027</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I21" s="3">
-        <v>82691081969</v>
+        <v>72640048164</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>39269401400086</v>
+        <v>34937334000018</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I22" s="3">
-        <v>82691081969</v>
+        <v>93130297513</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>39269401400094</v>
+        <v>34943244300043</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3">
-        <v>82691081969</v>
+        <v>43250012425</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>39269401400102</v>
+        <v>34997263800010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3">
-        <v>82691081969</v>
+        <v>11751381975</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>39408789400108</v>
+        <v>34997263800036</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I25" s="3">
-        <v>11750273493</v>
+        <v>11751381975</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>41047508100015</v>
+        <v>35335070500037</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="I26" s="3">
-        <v>26210346921</v>
+        <v>11920398392</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>41398430300029</v>
+        <v>37891162200074</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I27" s="3">
-        <v>25140137614</v>
+        <v>93130011013</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>42100372400034</v>
+        <v>37891162200082</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3">
-        <v>98970227397</v>
+        <v>93130011013</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>42100372400042</v>
+        <v>38036912400017</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3">
-        <v>98970227397</v>
+        <v>91340190634</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>42196824900019</v>
+        <v>38036912400025</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>106</v>
+        <v>22</v>
       </c>
       <c r="I30" s="3">
-        <v>41570177957</v>
+        <v>91340190634</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>42196824900027</v>
+        <v>38152268900011</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="I31" s="3">
-        <v>41570177957</v>
+        <v>21510015851</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>42265862500047</v>
+        <v>38362039000039</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="I32" s="3">
-        <v>91300251330</v>
+        <v>11910779591</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>42342650100015</v>
+        <v>38493818900063</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="D33" s="2"/>
+      <c r="D33" s="2" t="s">
+        <v>112</v>
+      </c>
       <c r="E33" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="I33" s="3"/>
+        <v>58</v>
+      </c>
+      <c r="I33" s="3">
+        <v>97970131297</v>
+      </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>43908850100028</v>
+        <v>38493818900097</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>115</v>
+      </c>
       <c r="E34" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I34" s="3">
-        <v>73310408031</v>
+        <v>97970131297</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>47875778400077</v>
+        <v>38518253000035</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="I35" s="3">
-        <v>73310437531</v>
+        <v>95970034997</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>48121631500046</v>
+        <v>38881337000045</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="I36" s="3">
-        <v>82691021669</v>
+        <v>11910212491</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>77557657200280</v>
+        <v>79296161700018</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="D37" s="2" t="s">
         <v>124</v>
       </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>22</v>
+        <v>127</v>
       </c>
       <c r="I37" s="3">
-        <v>53290753829</v>
+        <v>53350930635</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>77558121800218</v>
+        <v>79296161700026</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D38" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I38" s="3">
-        <v>73310000931</v>
+        <v>53350930635</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>77560908400063</v>
+        <v>79296161700034</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>131</v>
+        <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>136</v>
+        <v>22</v>
       </c>
       <c r="I39" s="3">
-        <v>91480000448</v>
+        <v>53350930635</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>77567227202989</v>
+        <v>39269401400029</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I40" s="3">
-        <v>11930620393</v>
+        <v>82691081969</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>77567227217888</v>
+        <v>39269401400086</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>137</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I41" s="3">
-        <v>11930620393</v>
+        <v>82691081969</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>77570874600307</v>
+        <v>39269401400094</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I42" s="3">
-        <v>11780479078</v>
+        <v>82691081969</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>77571615200019</v>
+        <v>39269401400102</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="D43" s="2"/>
+        <v>131</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>141</v>
+      </c>
       <c r="E43" s="2" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I43" s="3">
-        <v>54860002586</v>
+        <v>82691081969</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>77583202500016</v>
+        <v>39408789400108</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>136</v>
+        <v>58</v>
       </c>
       <c r="I44" s="3">
-        <v>91110016411</v>
+        <v>11750273493</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>77807079700049</v>
+        <v>48927001700010</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>147</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>148</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="I45" s="3">
-        <v>74870000187</v>
+        <v>24450236845</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>77895217600023</v>
+        <v>41047508100015</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="I46" s="3">
-        <v>42680017768</v>
+        <v>26210346921</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>77988345300028</v>
+        <v>41398430300029</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="I47" s="3">
-        <v>82691356569</v>
+        <v>25140137614</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>78061259400017</v>
+        <v>42100372400034</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I48" s="3">
-        <v>22800005280</v>
+        <v>98970227397</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>78061259400090</v>
+        <v>42100372400042</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I49" s="3">
-        <v>22800005280</v>
+        <v>98970227397</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>78061259400108</v>
+        <v>42196824900019</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>22</v>
+        <v>165</v>
       </c>
       <c r="I50" s="3">
-        <v>22800005280</v>
+        <v>41570177957</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>78106655000034</v>
+        <v>42196824900027</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I51" s="3">
-        <v>23760027976</v>
+        <v>41570177957</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>78166960100218</v>
+        <v>42265862500047</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I52" s="3">
-        <v>72240001324</v>
+        <v>91300251330</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>78229119900027</v>
+        <v>42342650100015</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I53" s="3"/>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>78261518100024</v>
+        <v>43908850100028</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>140</v>
+        <v>41</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="I54" s="3">
-        <v>93060005706</v>
+        <v>73310408031</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>78428082800020</v>
+        <v>47875778400077</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I55" s="3">
-        <v>11750965475</v>
+        <v>73310437531</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>78428106500036</v>
+        <v>48121631500046</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I56" s="3">
-        <v>11750147275</v>
+        <v>82691021669</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>78428109900043</v>
+        <v>49182702800011</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="I57" s="3">
-        <v>11750111975</v>
+        <v>83630383963</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>78466273600031</v>
+        <v>50062262600041</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="G58" s="2"/>
+        <v>186</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>187</v>
+      </c>
       <c r="H58" s="2" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>78540651300016</v>
+        <v>50961850000052</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>140</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="I59" s="3">
-        <v>11920148592</v>
+        <v>52490254749</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>78540651300024</v>
+        <v>50961850000086</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="I60" s="3">
-        <v>11920148592</v>
+        <v>52490254749</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>78574029101020</v>
+        <v>77557657200280</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="D61" s="2"/>
+        <v>193</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>194</v>
+      </c>
       <c r="E61" s="2" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I61" s="3">
-        <v>11940392094</v>
+        <v>53290753829</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>78644691400016</v>
+        <v>77558121800218</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>197</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>198</v>
+      </c>
       <c r="E62" s="2" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I62" s="3">
-        <v>52850007685</v>
+        <v>73310000931</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>78644691400115</v>
+        <v>77560908400063</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="D63" s="2" t="s">
+      <c r="D63" s="2"/>
+      <c r="E63" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="E63" s="2" t="s">
+      <c r="G63" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="F63" s="2" t="s">
+      <c r="H63" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="G63" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>79296161700018</v>
+        <v>77567227202989</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="D64" s="2"/>
+      <c r="D64" s="2" t="s">
+        <v>207</v>
+      </c>
       <c r="E64" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>208</v>
+        <v>34</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>209</v>
+        <v>22</v>
       </c>
       <c r="I64" s="3">
-        <v>53350930635</v>
+        <v>11930620393</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>79296161700026</v>
+        <v>77567227217888</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="D65" s="2"/>
+      <c r="D65" s="2" t="s">
+        <v>209</v>
+      </c>
       <c r="E65" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>211</v>
+        <v>54</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I65" s="3">
-        <v>53350930635</v>
+        <v>11930620393</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>79296161700034</v>
+        <v>77570874600307</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="D66" s="2"/>
+        <v>211</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="E66" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I66" s="3">
-        <v>53350930635</v>
+        <v>11780479078</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>80146893500011</v>
+        <v>77571615200019</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>215</v>
+        <v>34</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I67" s="3">
-        <v>94202083420</v>
+        <v>54860002586</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>30116880300015</v>
+        <v>77583202500016</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="D68" s="2" t="s">
         <v>217</v>
       </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>140</v>
+        <v>219</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>22</v>
+        <v>205</v>
       </c>
       <c r="I68" s="3">
-        <v>72330005533</v>
+        <v>91110016411</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>30282378600025</v>
+        <v>77807079700049</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="D69" s="2" t="s">
         <v>220</v>
       </c>
+      <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
         <v>221</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I69" s="3">
-        <v>24370008237</v>
+        <v>74870000187</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>30293883200045</v>
+        <v>77895217600023</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>223</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>116</v>
+        <v>225</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I70" s="3">
-        <v>82690031369</v>
+        <v>42680017768</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>30293883200052</v>
+        <v>77988345300028</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I71" s="3">
-        <v>82690031369</v>
+        <v>82691356569</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>30293883200060</v>
+        <v>78061259400017</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>188</v>
+        <v>34</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I72" s="3">
-        <v>82690031369</v>
+        <v>22800005280</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>31151165300041</v>
+        <v>78061259400090</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="I73" s="3">
-        <v>32620366462</v>
+        <v>22800005280</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>31184406200035</v>
+        <v>78061259400108</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>143</v>
+        <v>234</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I74" s="3">
-        <v>23760007876</v>
+        <v>22800005280</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>31450443200050</v>
+        <v>78106655000034</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I75" s="3">
-        <v>52490027949</v>
+        <v>23760027976</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>31807145300019</v>
+        <v>78166960100218</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>140</v>
+        <v>240</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I76" s="3">
-        <v>31590021959</v>
+        <v>72240001324</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>31807145300076</v>
+        <v>78229119900027</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I77" s="3">
-        <v>31590021959</v>
+        <v>72640000664</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>31807145300134</v>
+        <v>78261518100024</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>244</v>
+        <v>34</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I78" s="3">
-        <v>31590021959</v>
+        <v>93060005706</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>31807145300167</v>
+        <v>78428082800020</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I79" s="3">
-        <v>31590021959</v>
+        <v>11750965475</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>31807145300175</v>
+        <v>78428106500036</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>131</v>
+        <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="D80" s="2"/>
+        <v>249</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>250</v>
+      </c>
       <c r="E80" s="2" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I80" s="3">
-        <v>31590021959</v>
+        <v>11750147275</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>33897756400016</v>
+        <v>78428109900043</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>252</v>
+        <v>45</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I81" s="3">
-        <v>31590674059</v>
+        <v>11750111975</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>34247580300017</v>
+        <v>78466273600031</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="I82" s="3">
-        <v>72470011747</v>
+        <v>11752282175</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>50961850000052</v>
+        <v>78540651300016</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I83" s="3">
-        <v>52490254749</v>
+        <v>11920148592</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>50961850000086</v>
+        <v>78540651300024</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="D84" s="2"/>
+        <v>258</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>261</v>
+      </c>
       <c r="E84" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I84" s="3">
-        <v>52490254749</v>
+        <v>11920148592</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>34396218900027</v>
+        <v>78574029101020</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>116</v>
+        <v>266</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="I85" s="3">
-        <v>72640048164</v>
+        <v>11940392094</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>48927001700010</v>
+        <v>78644691400016</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>263</v>
-[...3 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="I86" s="3">
-        <v>24450236845</v>
+        <v>52850007685</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>49182702800011</v>
+        <v>78644691400115</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="D87" s="2"/>
+      <c r="D87" s="2" t="s">
+        <v>269</v>
+      </c>
       <c r="E87" s="2" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I87" s="3">
-        <v>83630383963</v>
+        <v>52850007685</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>50062262600041</v>
+        <v>80146893500011</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>131</v>
+        <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="I88" s="3">
-        <v>91340853734</v>
+        <v>94202083420</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>83833964600013</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I89" s="3">
         <v>44670616067</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -4645,31 +4642,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/15/2025 07:50:17</dc:description>
+  <dc:description>Export en date du 03/10/2026 04:29:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>