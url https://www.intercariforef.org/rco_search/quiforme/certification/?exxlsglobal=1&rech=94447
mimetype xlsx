--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1663,31 +1663,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/31/2025 12:51:48</dc:description>
+  <dc:description>Export en date du 12/16/2025 13:05:41</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>