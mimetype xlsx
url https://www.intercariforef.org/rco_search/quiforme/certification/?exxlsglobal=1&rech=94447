--- v1 (2025-12-16)
+++ v2 (2026-03-16)
@@ -241,105 +241,105 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES CHATEAU MONGIN</t>
   </si>
   <si>
     <t>2260 ROUTE DU GRES 84100 ORANGE</t>
   </si>
   <si>
     <t>12/05/1993</t>
   </si>
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>66 LA CROLIERE 51130 BLANCS-COTEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>LD GRANDCHAMP 21200 RUFFEY-LES-BEAUNE</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT SUPERIEUR DE FORMATION PAR ALTERNANCE - OF - CFA "INSTITUT RICHEMONT"</t>
   </si>
   <si>
     <t>RICHEMONT 12 ROUTE DE L'ANCIEN SEMINAIRE 16370 VAL-DE-COGNAC</t>
   </si>
   <si>
     <t>MAISON FAMILIALE DU MEDOC</t>
   </si>
   <si>
     <t>33340 SAINT-YZANS-DE-MEDOC</t>
   </si>
   <si>
     <t>ASS MAISO FAMIL CANTON LAMBESC</t>
   </si>
   <si>
     <t>GARACHON 13410 LAMBESC</t>
   </si>
   <si>
     <t>MAISON FAMILI RURALE EDUCATION ORIENTATI</t>
   </si>
   <si>
     <t>ENCLAVE DES PAPES 84600 RICHERENCHES</t>
   </si>
   <si>
     <t>ASSOCIATION FAMILIALE DE GESTION DE BRIACE</t>
   </si>
   <si>
     <t>BRIACE 44430 LANDREAU (LE)</t>
   </si>
   <si>
     <t>19/05/1954</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION ET D'ORIENTATION - CFA CHALONNES SUR LOIRE</t>
   </si>
   <si>
     <t>10 AVENUE DU 8 MAI 1945 49290 CHALONNES-SUR-LOIRE</t>
   </si>
   <si>
     <t>25/12/1988</t>
-  </si>
-[...4 lines deleted...]
-    <t>66 LA CROLIERE 51130 BLANCS-COTEAUX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1315,330 +1315,330 @@
       <c r="F16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>74</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77824817900013</v>
+        <v>30286824500010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I17" s="3">
-        <v>26210138421</v>
+        <v>21510123251</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78119478200012</v>
+        <v>77824817900013</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I18" s="3">
-        <v>54160018516</v>
+        <v>26210138421</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78200896500017</v>
+        <v>78119478200012</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I19" s="3">
-        <v>75331145733</v>
+        <v>54160018516</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78273673000014</v>
+        <v>78200896500017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I20" s="3">
-        <v>93131811213</v>
+        <v>75331145733</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78324704200014</v>
+        <v>78273673000014</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I21" s="3">
-        <v>93840267984</v>
+        <v>93131811213</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78596647400013</v>
+        <v>78324704200014</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>88</v>
+        <v>77</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I22" s="3">
-        <v>52440459544</v>
+        <v>93840267984</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78613606900014</v>
+        <v>78596647400013</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I23" s="3">
-        <v>52490261249</v>
+        <v>52440459544</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>30286824500010</v>
+        <v>78613606900014</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I24" s="3">
-        <v>21510123251</v>
+        <v>52490261249</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1663,31 +1663,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 13:05:41</dc:description>
+  <dc:description>Export en date du 03/16/2026 14:23:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>