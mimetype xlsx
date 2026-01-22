--- v0 (2025-11-18)
+++ v1 (2026-01-22)
@@ -100,90 +100,90 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION ILE-DE-FRANCE</t>
   </si>
   <si>
     <t xml:space="preserve"> CMA FORMATION SAINT-MAUR DES FOSSES</t>
   </si>
   <si>
     <t>25 AVENUE RASPAIL 94100 SAINT-MAUR-DES-FOSSES</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE CHARENTE-MARITIME</t>
   </si>
   <si>
     <t>ACTORIA</t>
   </si>
   <si>
     <t>ZI L'ORMEAU DE PIED 17100 SAINTES</t>
   </si>
   <si>
     <t>25/11/2021</t>
   </si>
   <si>
+    <t>MONCEAU FLEURS DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>145 RUE JEAN JACQUES ROUSSEAU 92130 ISSY-LES-MOULINEAUX</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>77.40Z</t>
+  </si>
+  <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>FEDERATION FRANCAISE DES ARTISANS FLEURISTES</t>
   </si>
   <si>
     <t>17 RUE JANSSEN 75019 PARIS</t>
   </si>
   <si>
     <t>30/04/2005</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>ASS FORMATION PROMOTION EM MILIEU RURAL</t>
   </si>
   <si>
     <t>RUE ABBE DUJARIE 72310 LOIR EN VALLEE</t>
-  </si>
-[...10 lines deleted...]
-    <t>77.40Z</t>
   </si>
   <si>
     <t>ASS FORMATIO APPRENTIS COMMERCE SERVICES</t>
   </si>
   <si>
     <t>21 AVENUE GEORGES BRASSENS 31700 BLAGNAC</t>
   </si>
   <si>
     <t>02/10/1995</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>JLA FORMATION</t>
   </si>
   <si>
     <t>ZA LES 2 CROIX 4 RUE LE CORBUSIER 37230 FONDETTES</t>
   </si>
   <si>
     <t>01/10/2021</t>
   </si>
 </sst>
 </file>
 
@@ -726,190 +726,190 @@
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="3">
         <v>75170269817</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78362626000013</v>
+        <v>42111721900079</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>31590008059</v>
+        <v>11922004492</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78417941800024</v>
+        <v>78362626000013</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I6" s="3"/>
+      <c r="I6" s="3">
+        <v>31590008059</v>
+      </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78635274000017</v>
+        <v>78417941800024</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>42111721900079</v>
+        <v>78635274000017</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>31281559000038</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I9" s="3">
         <v>73310095331</v>
@@ -996,31 +996,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/18/2025 09:12:28</dc:description>
+  <dc:description>Export en date du 01/22/2026 13:40:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>