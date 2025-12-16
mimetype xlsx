--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -679,62 +679,64 @@
       <c r="M3" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>38872316500014</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="I4" s="3"/>
+      <c r="I4" s="3">
+        <v>11755249175</v>
+      </c>
       <c r="J4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>52137814100027</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>19</v>
       </c>
@@ -823,31 +825,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/01/2025 01:06:01</dc:description>
+  <dc:description>Export en date du 12/16/2025 09:37:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>