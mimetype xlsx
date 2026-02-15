--- v0 (2025-11-01)
+++ v1 (2026-02-15)
@@ -595,129 +595,129 @@
   <si>
     <t>27/09/2010</t>
   </si>
   <si>
     <t>CH.COMMERCE INDUSTRIE LIMOGES HTE VIENNE</t>
   </si>
   <si>
     <t>16 PLACE JOURDAN 87000 LIMOGES</t>
   </si>
   <si>
     <t>7487P000187</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>SUD MANAGEMENT</t>
   </si>
   <si>
     <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
     <t>SCHOLAR FAB ORGANISATION</t>
   </si>
   <si>
     <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>04/11/2002</t>
   </si>
   <si>
     <t>CHCI 182 QUAI GEORGE V 76600 LE HAVRE</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>LA TOURBIERE 76170 LILLEBONNE</t>
   </si>
   <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
   </si>
   <si>
     <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>27/07/2011</t>
   </si>
   <si>
-    <t>CAMPUS DU LAC</t>
-[...16 lines deleted...]
-  <si>
     <t>SCHOLAR FAB ENTREPRISE</t>
   </si>
   <si>
     <t>06/05/1991</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/09/1980</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -1234,53 +1234,51 @@
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>13000809700011</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I4" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>13001278400018</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
@@ -2483,53 +2481,51 @@
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>18530044900013</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>137</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I37" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>18572202200125</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>139</v>
@@ -3041,445 +3037,445 @@
       <c r="F51" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>192</v>
       </c>
       <c r="I51" s="3">
         <v>98970017797</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>38980220800014</v>
+        <v>30804972500036</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>195</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="I52" s="3">
-        <v>72470033047</v>
+        <v>24180039818</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>38980235600011</v>
+        <v>38980220800014</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>197</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I53" s="3">
-        <v>72470032947</v>
+        <v>72470033047</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>44492238900010</v>
+        <v>38980235600011</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="I54" s="3"/>
+      <c r="I54" s="3">
+        <v>72470032947</v>
+      </c>
       <c r="J54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>44492238900051</v>
+        <v>41058110200010</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="I55" s="3"/>
+        <v>40</v>
+      </c>
+      <c r="I55" s="3">
+        <v>72330424333</v>
+      </c>
       <c r="J55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>44492238900069</v>
+        <v>42417546100021</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="I56" s="3"/>
+        <v>40</v>
+      </c>
+      <c r="I56" s="3">
+        <v>52440404744</v>
+      </c>
       <c r="J56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>45235951600021</v>
+        <v>44492238900010</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>154</v>
+        <v>209</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="I57" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I57" s="3"/>
       <c r="J57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>53379925000014</v>
+        <v>44492238900051</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="I58" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>41058110200010</v>
+        <v>44492238900069</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>211</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I59" s="3"/>
       <c r="J59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>42417546100021</v>
+        <v>45235951600021</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>214</v>
+        <v>154</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="I60" s="3">
-        <v>52440404744</v>
+        <v>11910566091</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>78071407700069</v>
+        <v>53379925000014</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>199</v>
+        <v>216</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="I61" s="3"/>
+      <c r="I61" s="3">
+        <v>72400095540</v>
+      </c>
       <c r="J61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>30804972500036</v>
+        <v>78071407700069</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>219</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I62" s="3"/>
       <c r="J62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>84458985300010</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>220</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>221</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
@@ -3564,31 +3560,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/01/2025 20:25:26</dc:description>
+  <dc:description>Export en date du 02/15/2026 10:46:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>