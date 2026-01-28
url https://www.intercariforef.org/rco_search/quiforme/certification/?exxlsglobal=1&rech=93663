--- v0 (2025-10-22)
+++ v1 (2026-01-28)
@@ -319,69 +319,69 @@
   <si>
     <t>CHEMIN DU THIL 80000 AMIENS</t>
   </si>
   <si>
     <t>2280P000880</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULON</t>
   </si>
   <si>
     <t>AV DE L UNIVERSITE 83130 LA GARDE</t>
   </si>
   <si>
     <t>9383P002683</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
+    <t>CFAI DIAFOR</t>
+  </si>
+  <si>
+    <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>UNION UNIVERSITE ECONOMIE</t>
   </si>
   <si>
     <t>8 BOULEVARD DUBREUIL 91400 ORSAY</t>
   </si>
   <si>
     <t>22/11/2023</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.32Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1719,108 +1719,108 @@
       <c r="F26" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>100</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>41197343100033</v>
+        <v>39048242000028</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="I27" s="3">
-        <v>11910788191</v>
+        <v>53220855422</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>39048242000028</v>
+        <v>41197343100033</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="I28" s="3">
-        <v>53220855422</v>
+        <v>11910788191</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1845,31 +1845,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/22/2025 02:46:23</dc:description>
+  <dc:description>Export en date du 01/28/2026 13:35:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>