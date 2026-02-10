--- v0 (2025-12-15)
+++ v1 (2026-02-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -388,249 +388,246 @@
   <si>
     <t>292 RUE SAINT-MARTIN 75003 PARIS</t>
   </si>
   <si>
     <t>10/08/1983</t>
   </si>
   <si>
     <t>1175P004575</t>
   </si>
   <si>
     <t>UNIVERSITE DE VERSAILLES-SAINT-QUENTIN-EN-YVELINES</t>
   </si>
   <si>
     <t>55 AVENUE DE PARIS 78000 VERSAILLES</t>
   </si>
   <si>
     <t>29/08/1991</t>
   </si>
   <si>
     <t>1178P004378</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
+  </si>
+  <si>
+    <t>12 PL DES ABATTOIRS 13015 MARSEILLE 15EME</t>
+  </si>
+  <si>
+    <t>16/06/2012</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>13 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>15/07/2002</t>
+  </si>
+  <si>
+    <t>4390P000290</t>
+  </si>
+  <si>
+    <t>CNAM HAUTS-DE-FRANCE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>AV DES FACULTES 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>23/01/1990</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CNAM DE MARTINIQUE</t>
+  </si>
+  <si>
+    <t>CAMPUS INIVERSITAIRE BP 7216 CAMPUS UNIVERSITAIRE 97233 SCHOELCHER</t>
+  </si>
+  <si>
+    <t>01/03/1993</t>
+  </si>
+  <si>
+    <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
+  </si>
+  <si>
+    <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS EN GUADELOUPE</t>
+  </si>
+  <si>
+    <t>CAMPUS FOUILLE FOUILLOLE 97110 POINTE A PITRE</t>
+  </si>
+  <si>
     <t>UCO LAVAL</t>
   </si>
   <si>
     <t>ISM 25 RUE DU MANS 53000 LAVAL</t>
   </si>
   <si>
     <t>27/08/2007</t>
   </si>
   <si>
     <t>CNAM BRETAGNE - AGCNAM</t>
   </si>
   <si>
     <t>2 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
   </si>
   <si>
     <t>02/02/2009</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...10 lines deleted...]
-  <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATION DES ARTS ET METIERS AUVERGNE-RHONE-ALPES</t>
   </si>
   <si>
     <t>CNAM AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>4 RUE RAVIER 69007 LYON</t>
   </si>
   <si>
     <t>07/07/2011</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REUNION</t>
   </si>
   <si>
     <t>ZAC 2000 18 RUE CLAUDE CHAPPE 97420 LE PORT</t>
   </si>
   <si>
     <t>26/07/2017</t>
   </si>
   <si>
     <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
   </si>
   <si>
     <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
+    <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
+  </si>
+  <si>
+    <t>PARC EUROMEDECINE 989 RUE DE LA CROIX VERTE 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
     <t>CNAM ILE DE FRANCE - AGCNAM</t>
   </si>
   <si>
     <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
   </si>
   <si>
     <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
-[...16 lines deleted...]
-  <si>
     <t>OPERATEUR PUBLIC REGIONAL DE FORMATION</t>
   </si>
   <si>
     <t>LE LARIVOT 49 LOTISSEMENT DALMAZIR 97351 MATOURY</t>
   </si>
   <si>
     <t>01/01/2014</t>
-  </si>
-[...46 lines deleted...]
-    <t>CAMPUS FOUILLE FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>CNAM GRAND EST</t>
   </si>
   <si>
     <t>4 AVENUE DOCTEUR HEYDENREICH 54000 NANCY</t>
   </si>
   <si>
     <t>30/08/2016</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>CNAM NOUVELLE-AQUITAINE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>CITE NUMERIQUE 2 RUE MARC SANGNIER 33130 BEGLES</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
     <t>CNAM NORMANDIE</t>
   </si>
@@ -2228,1102 +2225,1100 @@
         <v>122</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="D32" s="2" t="s">
+      <c r="D32" s="2"/>
+      <c r="E32" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>40888757800032</v>
+        <v>43964416200034</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>22</v>
+        <v>142</v>
       </c>
       <c r="I37" s="3">
-        <v>52530086053</v>
+        <v>93131641013</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>43411361900119</v>
+        <v>32439762900118</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>145</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="I38" s="3">
-        <v>53220704022</v>
+        <v>52440210544</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>43964416200034</v>
+        <v>34022316300023</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>93131641013</v>
+        <v>22</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>149</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>44320628900045</v>
+        <v>34896746400028</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="D40" s="2" t="s">
+      <c r="D40" s="2"/>
+      <c r="E40" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="E40" s="2" t="s">
+      <c r="F40" s="2" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I40" s="3">
-        <v>82690751869</v>
+        <v>22800077680</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>44338132200025</v>
+        <v>39064039900015</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>22</v>
+        <v>142</v>
       </c>
       <c r="I41" s="3">
-        <v>98970282197</v>
+        <v>97970049697</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>44911357000013</v>
+        <v>39089496200054</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>146</v>
+        <v>159</v>
       </c>
       <c r="I42" s="3">
-        <v>24450217445</v>
+        <v>11770565477</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>78515062400365</v>
+        <v>39174243400015</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="I43" s="3">
-        <v>11753852175</v>
+        <v>95970009897</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>78611668100010</v>
+        <v>40888757800032</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I44" s="3">
-        <v>52490001049</v>
+        <v>52530086053</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>49189213900016</v>
+        <v>43411361900119</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="I45" s="3">
-        <v>91340604534</v>
+        <v>53220704022</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>32439762900118</v>
+        <v>44320628900045</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D46" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I46" s="3">
-        <v>52440210544</v>
+        <v>82690751869</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>79492628700028</v>
+        <v>44338132200025</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>172</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>173</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="I47" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I47" s="3">
+        <v>98970282197</v>
+      </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>34022316300023</v>
+        <v>44911357000013</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>177</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>142</v>
+      </c>
+      <c r="I48" s="3">
+        <v>24450217445</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>34896746400028</v>
+        <v>49189213900016</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>22</v>
+        <v>142</v>
       </c>
       <c r="I49" s="3">
-        <v>22800077680</v>
+        <v>91340604534</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>39064039900015</v>
+        <v>78515062400365</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="I50" s="3">
-        <v>97970049697</v>
+        <v>11753852175</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>39089496200054</v>
+        <v>78611668100010</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>188</v>
+        <v>22</v>
       </c>
       <c r="I51" s="3">
-        <v>11770565477</v>
+        <v>52490001049</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>39174243400015</v>
+        <v>79492628700028</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>82304134800017</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F53" s="2" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="I53" s="3">
         <v>44540353454</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I54" s="3">
         <v>75331053233</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>82456546900015</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="I55" s="3">
         <v>28140302014</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>82456546900056</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="F56" s="2" t="s">
+      <c r="G56" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="G56" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H56" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="I56" s="3">
         <v>28140302014</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>82456546900064</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="G57" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="F57" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H57" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="I57" s="3">
         <v>28140302014</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>82456546900072</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>188</v>
+        <v>159</v>
       </c>
       <c r="I58" s="3">
         <v>28140302014</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>82456546900080</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="I59" s="3">
         <v>28140302014</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>82456546900106</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>65</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="I60" s="3">
         <v>28140302014</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3351,31 +3346,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 08:03:46</dc:description>
+  <dc:description>Export en date du 02/10/2026 18:18:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>