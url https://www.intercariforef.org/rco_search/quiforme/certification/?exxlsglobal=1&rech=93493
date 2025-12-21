--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -58,315 +58,315 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
+  </si>
+  <si>
+    <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE LORRAINE</t>
+  </si>
+  <si>
+    <t>34 COURS LEOPOLD 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE BORDEAUX</t>
+  </si>
+  <si>
+    <t>35 PLACE PEY BERLAND 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>UNIVERSITE GRENOBLE ALPES</t>
+  </si>
+  <si>
+    <t>621 AVENUE CENTRALE 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>04/11/2019</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL D'ENSEIGNEMENT SUPERIEUR POUR L'AGRICULTURE L'ALIMENTATION ET L'ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>42 RUE SCHEFFER 75016 PARIS</t>
+  </si>
+  <si>
+    <t>28/12/2019</t>
+  </si>
+  <si>
+    <t>UNIVERSITE CLERMONT AUVERGNE</t>
+  </si>
+  <si>
+    <t>49 BOULEVARD FRANCOIS MITTERRAND 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>09/12/2020</t>
+  </si>
+  <si>
+    <t>NANTES UNIVERSITE</t>
+  </si>
+  <si>
+    <t>1 QUAI DE TOURVILLE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>04/10/2021</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>163 RUE AUGUSTE BROUSSONNET 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>22/09/2021</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE RENNES</t>
+  </si>
+  <si>
+    <t>CAMPUS DE BEAULIEU 263 AVENUE GENERAL LECLERC 35700 RENNES</t>
+  </si>
+  <si>
+    <t>28/11/2022</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DIJON BOURGOGNE</t>
+  </si>
+  <si>
+    <t>MAISON DE L'UNIVERSITE CAMPUS ESPLANADE ERASME 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
+  </si>
+  <si>
+    <t>3 RUE MATTHIEU GALLOU 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>5329P003029</t>
+  </si>
+  <si>
+    <t>UNIVERSITE TOULOUSE III - PAUL SABATIER</t>
+  </si>
+  <si>
+    <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>7331P001631</t>
+  </si>
+  <si>
+    <t>ECOLE NATIONALE SUPERIEURE DES SCIENCES AGRONOMIQUES DE BORDEAUX AQUITAINE BORDEAUX SCIENCES AGRO</t>
+  </si>
+  <si>
+    <t>1 COURS DU GENERAL DE GAULLE 33170 GRADIGNAN</t>
+  </si>
+  <si>
+    <t>7233P001733</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE RENNES I</t>
+  </si>
+  <si>
+    <t>2 RUE DU THABOR 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LA COTE ST ANDRE</t>
+  </si>
+  <si>
+    <t>LEGTA DE LA COTE ST ANDRE</t>
+  </si>
+  <si>
+    <t>57 AVENUE CHARLES DE GAULLE 38260 LA COTE-SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>8238P000838</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'ANGERS</t>
+  </si>
+  <si>
+    <t>40 RUE DE RENNES 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>20/02/1998</t>
+  </si>
+  <si>
+    <t>UNIVERSITE SAVOIE MONT BLANC</t>
+  </si>
+  <si>
+    <t>27 RUE MARCOZ 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>8273P000273</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE ROUEN-NORMANDIE</t>
+  </si>
+  <si>
+    <t>1 RUE THOMAS BECKET 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>2376P002876</t>
+  </si>
+  <si>
+    <t>UNIVERSITE AMIENS PICARDIE JULES VERNE</t>
+  </si>
+  <si>
+    <t>PRESIDENCE DE L UNIVERSITE</t>
+  </si>
+  <si>
+    <t>CHEMIN DU THIL 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>2280P000880</t>
+  </si>
+  <si>
+    <t>AVIGNON UNIVERSITE</t>
+  </si>
+  <si>
+    <t>74 RUE LOUIS PASTEUR 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>26/09/1997</t>
+  </si>
+  <si>
+    <t>9384P000984</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE POITIERS</t>
+  </si>
+  <si>
+    <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>17/10/1994</t>
+  </si>
+  <si>
+    <t>5486P000386</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DES ANTILLES</t>
+  </si>
+  <si>
+    <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
+  </si>
+  <si>
+    <t>07/11/1983</t>
+  </si>
+  <si>
+    <t>9597P000797</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE LA REUNION</t>
+  </si>
+  <si>
+    <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>10/05/1984</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
     <t>MFR IREO DE LESNEVEN</t>
   </si>
   <si>
     <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...256 lines deleted...]
-    <t>10/05/1984</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -771,977 +771,977 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>30754662200019</v>
+        <v>11004401300040</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>34238263700011</v>
+        <v>13001550600012</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>52490003849</v>
+        <v>41540301854</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>11004401300040</v>
+        <v>13001835100010</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I4" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I4" s="3">
+        <v>72330934133</v>
+      </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13001550600012</v>
+        <v>13002608100013</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I5" s="3">
-        <v>41540301854</v>
+        <v>84380736438</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>13001835100010</v>
+        <v>13002622200013</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I6" s="3">
-        <v>72330934133</v>
+        <v>11756150075</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>13002608100013</v>
+        <v>13002806100013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I7" s="3">
-        <v>84380736438</v>
+        <v>84630531763</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>13002622200013</v>
+        <v>13002974700016</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I8" s="3">
-        <v>11756150075</v>
+        <v>52440958244</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>13002806100013</v>
+        <v>13002979600013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>84630531763</v>
+        <v>76341153134</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>13002974700016</v>
+        <v>13003051300019</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>52440958244</v>
+        <v>53351157535</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>13002979600013</v>
+        <v>19211237300019</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="G11" s="2"/>
+      <c r="G11" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="H11" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>13003051300019</v>
+        <v>19290346600014</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G12" s="2"/>
+        <v>48</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>52</v>
+      </c>
       <c r="H12" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>53351157535</v>
+        <v>22</v>
+      </c>
+      <c r="I12" s="3" t="s">
+        <v>53</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19211237300019</v>
+        <v>19311384200010</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="H13" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>57</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19290346600014</v>
+        <v>19330203100011</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19311384200010</v>
+        <v>19350936100013</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="H15" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19330203100011</v>
+        <v>19381819200018</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19350936100013</v>
+        <v>19490970100303</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I17" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I17" s="3">
+        <v>52490195049</v>
+      </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19381819200018</v>
+        <v>19730858800015</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="D18" s="2" t="s">
         <v>72</v>
       </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>74</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19490970100303</v>
+        <v>19761904200017</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>52490195049</v>
+        <v>22</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>77</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19730858800015</v>
+        <v>19801344300017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="D20" s="2"/>
+      <c r="D20" s="2" t="s">
+        <v>79</v>
+      </c>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19761904200017</v>
+        <v>19840685200204</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>55</v>
+        <v>84</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19801344300017</v>
+        <v>19860856400375</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>55</v>
+        <v>88</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19840685200204</v>
+        <v>19971585500011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19860856400375</v>
+        <v>19974478000016</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19971585500011</v>
+        <v>34238263700011</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>22</v>
+      </c>
+      <c r="I25" s="3">
+        <v>52490003849</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19974478000016</v>
+        <v>30754662200019</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I26" s="3"/>
+        <v>67</v>
+      </c>
+      <c r="I26" s="3">
+        <v>53290326929</v>
+      </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1754,31 +1754,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/26/2025 04:49:04</dc:description>
+  <dc:description>Export en date du 12/21/2025 01:30:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>