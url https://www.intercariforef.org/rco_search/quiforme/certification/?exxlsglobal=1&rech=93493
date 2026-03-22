--- v1 (2025-12-21)
+++ v2 (2026-03-22)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -175,65 +175,59 @@
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE DIJON BOURGOGNE</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE CAMPUS ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>3 RUE MATTHIEU GALLOU 29200 BREST</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
-    <t>5329P003029</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE TOULOUSE III - PAUL SABATIER</t>
   </si>
   <si>
     <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
-    <t>7331P001631</t>
-[...1 lines deleted...]
-  <si>
     <t>ECOLE NATIONALE SUPERIEURE DES SCIENCES AGRONOMIQUES DE BORDEAUX AQUITAINE BORDEAUX SCIENCES AGRO</t>
   </si>
   <si>
     <t>1 COURS DU GENERAL DE GAULLE 33170 GRADIGNAN</t>
   </si>
   <si>
     <t>7233P001733</t>
   </si>
   <si>
     <t>UNIVERSITE DE RENNES I</t>
   </si>
   <si>
     <t>2 RUE DU THABOR 35000 RENNES</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LA COTE ST ANDRE</t>
   </si>
   <si>
     <t>LEGTA DE LA COTE ST ANDRE</t>
   </si>
   <si>
     <t>57 AVENUE CHARLES DE GAULLE 38260 LA COTE-SAINT-ANDRE</t>
@@ -307,66 +301,66 @@
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>07/11/1983</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>MFR IREO DE LESNEVEN</t>
+  </si>
+  <si>
+    <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>ASSOCIATION GROUPE ESA</t>
   </si>
   <si>
     <t>55 RUE RABELAIS 49000 ANGERS</t>
   </si>
   <si>
     <t>18/06/1987</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1900</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1160,585 +1154,581 @@
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>19290346600014</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19311384200010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19330203100011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19350936100013</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19381819200018</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E16" s="2" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19490970100303</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3">
         <v>52490195049</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19730858800015</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19761904200017</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19801344300017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19840685200204</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>86</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>34238263700011</v>
+        <v>30754662200019</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="I25" s="3">
-        <v>52490003849</v>
+        <v>53290326929</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>30754662200019</v>
+        <v>34238263700011</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="I26" s="3">
-        <v>53290326929</v>
+        <v>52490003849</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1754,31 +1744,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/21/2025 01:30:35</dc:description>
+  <dc:description>Export en date du 03/22/2026 20:20:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>