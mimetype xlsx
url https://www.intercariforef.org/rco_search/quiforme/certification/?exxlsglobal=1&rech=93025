--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -142,81 +142,81 @@
   <si>
     <t>GUADELOUPE FORMATION</t>
   </si>
   <si>
     <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>26/02/2010</t>
   </si>
   <si>
     <t>01973178697</t>
   </si>
   <si>
     <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
   </si>
   <si>
     <t>EAM 1 RUE DE LA GLACIERE 97420 LE PORT</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>ASS PR FORMATION &amp; DEV MARIT &amp; AQU MAY</t>
+  </si>
+  <si>
+    <t>ECOLE D'APPRENTISSAGE MARI PLACE DE FRANCE 97615 DZAOUDZI</t>
+  </si>
+  <si>
+    <t>21/07/1993</t>
+  </si>
+  <si>
+    <t>06970000697</t>
+  </si>
+  <si>
     <t>ASS GERAN ECOLE FORMA PROFE MARIT AQUACO</t>
   </si>
   <si>
     <t>AUTRE BORD 97220 LA TRINITE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>COMMUNAUTE PATRON PECHEUR VTE</t>
   </si>
   <si>
     <t>17 RUE EUGENE PELLETAN 13500 MARTIGUES</t>
   </si>
   <si>
     <t>15/07/1984</t>
   </si>
   <si>
     <t>94.12Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>06970000697</t>
   </si>
   <si>
     <t xml:space="preserve">CABALD JIMMY AMOUR  </t>
   </si>
   <si>
     <t>CHEMIN DE L'ETANG 97114 TROIS-RIVIERES</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>01973465897</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -853,145 +853,145 @@
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I7" s="3">
         <v>98970094497</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>31398786900010</v>
+        <v>47915025200019</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>97970000797</v>
+        <v>27</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>45</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>69162081900017</v>
+        <v>31398786900010</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="I9" s="3">
-        <v>93131254913</v>
+        <v>97970000797</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>47915025200019</v>
+        <v>69162081900017</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I10" s="3" t="s">
         <v>52</v>
+      </c>
+      <c r="I10" s="3">
+        <v>93131254913</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>91849306500018</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="2"/>
@@ -1053,31 +1053,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 08:01:47</dc:description>
+  <dc:description>Export en date du 12/22/2025 16:32:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>