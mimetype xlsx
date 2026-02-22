--- v1 (2025-12-22)
+++ v2 (2026-02-22)
@@ -142,69 +142,69 @@
   <si>
     <t>GUADELOUPE FORMATION</t>
   </si>
   <si>
     <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>26/02/2010</t>
   </si>
   <si>
     <t>01973178697</t>
   </si>
   <si>
     <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
   </si>
   <si>
     <t>EAM 1 RUE DE LA GLACIERE 97420 LE PORT</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>ASS GERAN ECOLE FORMA PROFE MARIT AQUACO</t>
+  </si>
+  <si>
+    <t>AUTRE BORD 97220 LA TRINITE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>ASS PR FORMATION &amp; DEV MARIT &amp; AQU MAY</t>
   </si>
   <si>
     <t>ECOLE D'APPRENTISSAGE MARI PLACE DE FRANCE 97615 DZAOUDZI</t>
   </si>
   <si>
     <t>21/07/1993</t>
   </si>
   <si>
     <t>06970000697</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1900</t>
   </si>
   <si>
     <t>COMMUNAUTE PATRON PECHEUR VTE</t>
   </si>
   <si>
     <t>17 RUE EUGENE PELLETAN 13500 MARTIGUES</t>
   </si>
   <si>
     <t>15/07/1984</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t xml:space="preserve">CABALD JIMMY AMOUR  </t>
   </si>
   <si>
     <t>CHEMIN DE L'ETANG 97114 TROIS-RIVIERES</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>01973465897</t>
   </si>
@@ -853,108 +853,108 @@
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I7" s="3">
         <v>98970094497</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>47915025200019</v>
+        <v>31398786900010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>41</v>
+      </c>
+      <c r="I8" s="3">
+        <v>97970000797</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>31398786900010</v>
+        <v>47915025200019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>97970000797</v>
+        <v>27</v>
+      </c>
+      <c r="I9" s="3" t="s">
+        <v>48</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>69162081900017</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="2"/>
@@ -1053,31 +1053,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/22/2025 16:32:58</dc:description>
+  <dc:description>Export en date du 02/22/2026 12:10:01</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>