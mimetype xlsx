--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -604,53 +604,50 @@
   <si>
     <t>74 RUE LOUIS PASTEUR 84000 AVIGNON</t>
   </si>
   <si>
     <t>26/09/1997</t>
   </si>
   <si>
     <t>9384P000984</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
   <si>
     <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
@@ -682,204 +679,204 @@
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA POLYNESIE FRANCAISE</t>
   </si>
   <si>
     <t>CAMPUS D OUTUMAORO 98703 PUNAAUIA</t>
   </si>
   <si>
     <t>15/11/2002</t>
   </si>
   <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>13 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>15/07/2002</t>
+  </si>
+  <si>
+    <t>4390P000290</t>
+  </si>
+  <si>
+    <t>CNAM HAUTS-DE-FRANCE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>AV DES FACULTES 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>23/01/1990</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CNAM DE MARTINIQUE</t>
+  </si>
+  <si>
+    <t>CAMPUS INIVERSITAIRE BP 7216 CAMPUS UNIVERSITAIRE 97233 SCHOELCHER</t>
+  </si>
+  <si>
+    <t>01/03/1993</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
+  </si>
+  <si>
+    <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION DES INFORMATICIENS PAR L'APRENTISSAGE</t>
+  </si>
+  <si>
+    <t>3 AVENUE DU CANADA 91940 LES ULIS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS EN GUADELOUPE</t>
+  </si>
+  <si>
+    <t>CAMPUS FOUILLE FOUILLOLE 97110 POINTE A PITRE</t>
+  </si>
+  <si>
+    <t>CNAM BRETAGNE - AGCNAM</t>
+  </si>
+  <si>
+    <t>2 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
+  </si>
+  <si>
+    <t>02/02/2009</t>
+  </si>
+  <si>
+    <t>OPERATEUR PUBLIC REGIONAL DE FORMATION</t>
+  </si>
+  <si>
+    <t>LE LARIVOT 49 LOTISSEMENT DALMAZIR 97351 MATOURY</t>
+  </si>
+  <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
-    <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
-[...64 lines deleted...]
-  <si>
     <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
   </si>
   <si>
     <t>12 PL DES ABATTOIRS 13015 MARSEILLE 15EME</t>
   </si>
   <si>
     <t>16/06/2012</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATION DES ARTS ET METIERS AUVERGNE-RHONE-ALPES</t>
   </si>
   <si>
     <t>CNAM AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>4 RUE RAVIER 69007 LYON</t>
   </si>
   <si>
     <t>07/07/2011</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REUNION</t>
   </si>
   <si>
     <t>ZAC 2000 18 RUE CLAUDE CHAPPE 97420 LE PORT</t>
   </si>
   <si>
     <t>26/07/2017</t>
   </si>
   <si>
     <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
   </si>
   <si>
     <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
   </si>
   <si>
     <t>PARC EUROMEDECINE 989 RUE DE LA CROIX VERTE 34080 MONTPELLIER</t>
   </si>
   <si>
     <t>01/04/2006</t>
   </si>
   <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>CNAM ILE DE FRANCE - AGCNAM</t>
   </si>
   <si>
     <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
   </si>
   <si>
     <t>01/08/2018</t>
-  </si>
-[...22 lines deleted...]
-    <t>01/01/1900</t>
   </si>
   <si>
     <t>CNAM GRAND EST</t>
   </si>
   <si>
     <t>4 AVENUE DOCTEUR HEYDENREICH 54000 NANCY</t>
   </si>
   <si>
     <t>30/08/2016</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>CNAM NOUVELLE-AQUITAINE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>CITE NUMERIQUE 2 RUE MARC SANGNIER 33130 BEGLES</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
     <t>CNAM NORMANDIE</t>
   </si>
@@ -3296,1250 +3293,1248 @@
         <v>194</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="D54" s="2" t="s">
+      <c r="D54" s="2"/>
+      <c r="E54" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="E54" s="2" t="s">
+      <c r="F54" s="2" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="D56" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="D56" s="2" t="s">
+      <c r="E56" s="2" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>19931827000014</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="D57" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="E57" s="2" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I57" s="3"/>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>19987001500013</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I61" s="3"/>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>42813525500050</v>
+        <v>32439762900118</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I62" s="3">
-        <v>32590996759</v>
+        <v>52440210544</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>34022316300023</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>34896746400028</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I64" s="3">
         <v>22800077680</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>39064039900015</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="F65" s="2" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I65" s="3">
         <v>97970049697</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>39089496200054</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="F66" s="2" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="I66" s="3">
         <v>11770565477</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>39108721000046</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I67" s="3">
         <v>11910594091</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>39174243400015</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I68" s="3">
         <v>95970009897</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>43411361900119</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I69" s="3">
         <v>53220704022</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>43964416200034</v>
+        <v>79492628700028</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>249</v>
+        <v>34</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="I70" s="3"/>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>44320628900045</v>
+        <v>42813525500050</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>250</v>
-      </c>
-[...7 lines deleted...]
-        <v>253</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I71" s="3">
-        <v>82690751869</v>
+        <v>32590996759</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>44338132200025</v>
+        <v>43964416200034</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>22</v>
+        <v>234</v>
       </c>
       <c r="I72" s="3">
-        <v>98970282197</v>
+        <v>93131641013</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>44911357000013</v>
+        <v>44320628900045</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="F73" s="2" t="s">
         <v>257</v>
-      </c>
-[...5 lines deleted...]
-        <v>259</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>235</v>
+        <v>22</v>
       </c>
       <c r="I73" s="3">
-        <v>24450217445</v>
+        <v>82690751869</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>49189213900016</v>
+        <v>44338132200025</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>235</v>
+        <v>22</v>
       </c>
       <c r="I74" s="3">
-        <v>91340604534</v>
+        <v>98970282197</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>78515062400365</v>
+        <v>44911357000013</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I75" s="3">
-        <v>11753852175</v>
+        <v>24450217445</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>79492628700028</v>
+        <v>49189213900016</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>34</v>
+        <v>266</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="I76" s="3"/>
+        <v>234</v>
+      </c>
+      <c r="I76" s="3">
+        <v>91340604534</v>
+      </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>32439762900118</v>
+        <v>77562424000013</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I77" s="3">
-        <v>52440210544</v>
+        <v>31590046859</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>77562424000013</v>
+        <v>78515062400365</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>22</v>
+        <v>234</v>
       </c>
       <c r="I78" s="3">
-        <v>31590046859</v>
+        <v>11753852175</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>82304134800017</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="F79" s="2" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="I79" s="3">
         <v>44540353454</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="F80" s="2" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I80" s="3">
         <v>75331053233</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
         <v>82456546900015</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="F81" s="2" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I81" s="3">
         <v>28140302014</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
         <v>82456546900056</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F82" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="G82" s="2" t="s">
         <v>284</v>
       </c>
-      <c r="G82" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H82" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I82" s="3">
         <v>28140302014</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
         <v>82456546900064</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="G83" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="F83" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H83" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I83" s="3">
         <v>28140302014</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>82456546900072</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="F84" s="2" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="I84" s="3">
         <v>28140302014</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>82456546900080</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I85" s="3">
         <v>28140302014</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>82456546900106</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>94</v>
       </c>
       <c r="H86" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="I86" s="3">
         <v>28140302014</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -4567,31 +4562,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/07/2025 20:02:51</dc:description>
+  <dc:description>Export en date du 02/08/2026 03:22:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>