--- v0 (2025-10-29)
+++ v1 (2025-12-20)
@@ -856,31 +856,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/29/2025 19:48:03</dc:description>
+  <dc:description>Export en date du 12/20/2025 11:50:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>