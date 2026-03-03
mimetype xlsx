--- v1 (2025-12-20)
+++ v2 (2026-03-03)
@@ -14,161 +14,134 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
-[...10 lines deleted...]
-  <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>UNIVERSITE DE BORDEAUX</t>
   </si>
   <si>
     <t>35 PLACE PEY BERLAND 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/2014</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>UNIVERSITE CLERMONT AUVERGNE</t>
   </si>
   <si>
     <t>49 BOULEVARD FRANCOIS MITTERRAND 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>09/12/2020</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...5 lines deleted...]
-    <t>MAISON DE L'UNIVERSITE CAMPUS ESPLANADE ERASME 21000 DIJON</t>
+    <t>UNIVERSITE LUMIERE LYON 2</t>
+  </si>
+  <si>
+    <t>18 QUAI CLAUDE BERNARD 69007 LYON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
-    <t>31/12/2024</t>
-[...7 lines deleted...]
-  <si>
     <t>8269P001169</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
-  </si>
-[...1 lines deleted...]
-    <t>SERVICES CENTRAUX</t>
   </si>
   <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -587,263 +560,243 @@
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
         <v>11004401300040</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C2" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C2" s="2"/>
       <c r="D2" s="2"/>
-      <c r="E2" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
       <c r="G2" s="2"/>
-      <c r="H2" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2" s="2"/>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I3" s="3">
         <v>72330934133</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3">
         <v>84630531763</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>19211237300019</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C5" s="2"/>
       <c r="D5" s="2"/>
-      <c r="E5" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
       <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>19691775100014</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -856,31 +809,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/20/2025 11:50:10</dc:description>
+  <dc:description>Export en date du 03/03/2026 08:37:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>