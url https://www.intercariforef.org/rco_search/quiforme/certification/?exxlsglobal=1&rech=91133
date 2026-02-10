--- v0 (2025-12-16)
+++ v1 (2026-02-10)
@@ -340,69 +340,69 @@
   <si>
     <t>1192P000192</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>07/11/1983</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
+    <t>ASS DEVELOPEMENT DES METIERS DE LA TABLE</t>
+  </si>
+  <si>
+    <t>17 A 19 19 RUE JACQUES IBERT 75017 PARIS</t>
+  </si>
+  <si>
+    <t>17/01/1983</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>EXCELIA GROUP</t>
   </si>
   <si>
     <t>LES MINIMES 102 RUE DE COUREILLES 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>23/11/1988</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1773,117 +1773,117 @@
       <c r="F27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>107</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>34876850800015</v>
+        <v>31721734700044</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="I28" s="3">
-        <v>54170112617</v>
+        <v>11750327775</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>31721734700044</v>
+        <v>34876850800015</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I29" s="3">
-        <v>11750327775</v>
+        <v>54170112617</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1899,31 +1899,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 22:46:22</dc:description>
+  <dc:description>Export en date du 02/10/2026 06:46:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>