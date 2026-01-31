--- v0 (2025-12-03)
+++ v1 (2026-01-31)
@@ -385,66 +385,66 @@
   <si>
     <t>18/06/1987</t>
   </si>
   <si>
     <t>ASS FORMAT DISTRI PRODUIT ELECTRO GD PUB</t>
   </si>
   <si>
     <t>84 RUE VILLENEUVE 92110 CLICHY</t>
   </si>
   <si>
     <t>01/02/2002</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>UNIVERSITE CATHOLIQUE OUEST BRETAGNENORD</t>
   </si>
   <si>
     <t>CAMPUS TOUR D AUVERGNE 37 RUE DU MARECHAL FOCH 22200 GUINGAMP</t>
   </si>
   <si>
     <t>01/10/1993</t>
   </si>
   <si>
+    <t>UNION UNIVERSITE ECONOMIE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DUBREUIL 91400 ORSAY</t>
+  </si>
+  <si>
+    <t>22/11/2023</t>
+  </si>
+  <si>
     <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
   </si>
   <si>
     <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...7 lines deleted...]
-    <t>22/11/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1998,117 +1998,117 @@
       <c r="F32" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="3">
         <v>53220498822</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>78611668100010</v>
+        <v>41197343100033</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I33" s="3">
-        <v>52490001049</v>
+        <v>11910788191</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>41197343100033</v>
+        <v>78611668100010</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I34" s="3">
-        <v>11910788191</v>
+        <v>52490001049</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -2124,31 +2124,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/03/2025 19:16:06</dc:description>
+  <dc:description>Export en date du 01/31/2026 10:56:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>