--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -14,95 +14,95 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE DE NIMES</t>
   </si>
   <si>
     <t>RUE DU DOCTEUR GEORGES SALAN 30000 NIMES</t>
   </si>
   <si>
     <t>07/05/2007</t>
   </si>
@@ -316,53 +316,50 @@
   <si>
     <t>UNIVERSITE DE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
   </si>
   <si>
     <t>05/10/1994</t>
   </si>
   <si>
     <t>4325P000425</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL POLYTECHNIQUE DE TOULOUSE</t>
   </si>
   <si>
     <t>IPST - CNAM</t>
   </si>
   <si>
     <t>MAISON RECHERCHE ET VALORISATION 118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>10/06/2013</t>
   </si>
   <si>
-    <t>7331P000631</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE TOULOUSE 1 CAPITOLE</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>UNIVERSITE TOULOUSE III - PAUL SABATIER</t>
   </si>
   <si>
     <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>7331P001631</t>
   </si>
   <si>
     <t>UNIVERSITE DE RENNES I</t>
   </si>
   <si>
     <t>2 RUE DU THABOR 35000 RENNES</t>
   </si>
   <si>
     <t>UNIVERSITE D'ORLEANS</t>
   </si>
   <si>
     <t>CHATEAU DE LA SOURCE AVENUE DU PARC FLORAL 45100 ORLEANS</t>
@@ -640,102 +637,273 @@
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>CNAM HAUTS-DE-FRANCE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>AV DES FACULTES 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>23/01/1990</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CNAM DE MARTINIQUE</t>
+  </si>
+  <si>
+    <t>CAMPUS INIVERSITAIRE BP 7216 CAMPUS UNIVERSITAIRE 97233 SCHOELCHER</t>
+  </si>
+  <si>
+    <t>01/03/1993</t>
+  </si>
+  <si>
+    <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
+  </si>
+  <si>
+    <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS EN GUADELOUPE</t>
+  </si>
+  <si>
+    <t>CAMPUS FOUILLE FOUILLOLE 97110 POINTE A PITRE</t>
+  </si>
+  <si>
     <t>CNAM BRETAGNE - AGCNAM</t>
   </si>
   <si>
     <t>2 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
   </si>
   <si>
     <t>02/02/2009</t>
   </si>
   <si>
-    <t>CNAM HAUTS-DE-FRANCE - ASSOCIATION DE GESTION</t>
-[...5 lines deleted...]
-    <t>23/01/1990</t>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
+  </si>
+  <si>
+    <t>12 PL DES ABATTOIRS 13015 MARSEILLE 15EME</t>
+  </si>
+  <si>
+    <t>16/06/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATION DES ARTS ET METIERS AUVERGNE-RHONE-ALPES</t>
+  </si>
+  <si>
+    <t>CNAM AUVERGNE RHONE ALPES</t>
+  </si>
+  <si>
+    <t>4 RUE RAVIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>07/07/2011</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REUNION</t>
+  </si>
+  <si>
+    <t>ZAC 2000 18 RUE CLAUDE CHAPPE 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>26/07/2017</t>
+  </si>
+  <si>
+    <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
+  </si>
+  <si>
+    <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
   </si>
   <si>
     <t>INSTITUT DE LA FONCTION COMMERCIALE</t>
   </si>
   <si>
     <t>ZI LA LEZARDE 97232 LE LAMENTIN</t>
   </si>
   <si>
     <t>15/04/2011</t>
   </si>
   <si>
-    <t>ASSOCIATION DE GESTION DU CNAM DE MARTINIQUE</t>
-[...23 lines deleted...]
-    <t>CAMPUS FOUILLE FOUILLOLE 97110 POINTE A PITRE</t>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>13 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>15/07/2002</t>
+  </si>
+  <si>
+    <t>4390P000290</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>GEST ECOL FORM INITIAL ALTER METIE TP</t>
+  </si>
+  <si>
+    <t>EFIATP</t>
+  </si>
+  <si>
+    <t>26 RUE DE BELLEVUE 19300 EGLETONS</t>
+  </si>
+  <si>
+    <t>14/06/2004</t>
+  </si>
+  <si>
+    <t>LA CARIBEENNE DE FORMATION</t>
+  </si>
+  <si>
+    <t>ESSENTIA CARAIBES</t>
+  </si>
+  <si>
+    <t>ZI DE CHAMPIGNY IMM LAGUERRE BAT A PETITE COCOTTE 97224 DUCOS</t>
+  </si>
+  <si>
+    <t>15/10/2010</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
+  </si>
+  <si>
+    <t>PARC EUROMEDECINE 989 RUE DE LA CROIX VERTE 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
+    <t>OPENCLASSROOMS</t>
+  </si>
+  <si>
+    <t>10 QUAI DE LA CHARENTE 75019 PARIS</t>
+  </si>
+  <si>
+    <t>04/06/2020</t>
+  </si>
+  <si>
+    <t>12/12/2022</t>
+  </si>
+  <si>
+    <t>2 COUR DE L'ILE LOUVIERS 75004 PARIS</t>
+  </si>
+  <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>SUP'EXPERTISE</t>
+  </si>
+  <si>
+    <t>50 RUE DE LONDRES 75008 PARIS</t>
+  </si>
+  <si>
+    <t>09/02/2021</t>
+  </si>
+  <si>
+    <t>CNAM ILE DE FRANCE - AGCNAM</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>OPERATEUR PUBLIC REGIONAL DE FORMATION</t>
+  </si>
+  <si>
+    <t>LE LARIVOT 49 LOTISSEMENT DALMAZIR 97351 MATOURY</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
+    <t>AFPI BOURGOGNE 21 71</t>
+  </si>
+  <si>
+    <t>10 ALLEE ANDRE BOURLAND 21000 DIJON</t>
   </si>
   <si>
     <t>CNAM GRAND EST</t>
   </si>
   <si>
     <t>4 AVENUE DOCTEUR HEYDENREICH 54000 NANCY</t>
   </si>
   <si>
     <t>30/08/2016</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>CNAM NOUVELLE-AQUITAINE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>CITE NUMERIQUE 2 RUE MARC SANGNIER 33130 BEGLES</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
     <t>CNAM NORMANDIE</t>
   </si>
@@ -752,221 +920,50 @@
     <t>01/07/2024</t>
   </si>
   <si>
     <t>LYCEE F BUISSON (CNAM) 6 RUE AUGUSTE HOUZEAU 76500 ELBEUF</t>
   </si>
   <si>
     <t>31/10/2024</t>
   </si>
   <si>
     <t>BAT 0 - PLATEAU DE L'ESPACE 1 AVENUE HUBERT CURIEN 27200 VERNON</t>
   </si>
   <si>
     <t>01/10/2018</t>
   </si>
   <si>
     <t>FACULTE DES SCIENCES AVENUE DE L'UNIVERSITE 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
   </si>
   <si>
     <t>17/09/2020</t>
   </si>
   <si>
     <t>8 AVENUE NORMANDIE SUSSEX 76200 DIEPPE</t>
   </si>
   <si>
     <t>01/06/2021</t>
-  </si>
-[...169 lines deleted...]
-    <t>2 COUR DE L'ILE LOUVIERS 75004 PARIS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2286,2458 +2283,2458 @@
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19311381800150</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I26" s="3" t="s">
-        <v>100</v>
+      <c r="I26" s="3">
+        <v>76310875731</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>19311382600013</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19311384200010</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19350936100013</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>19450855200016</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>19490970100303</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="3">
         <v>52490195049</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>19594403800205</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E33" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="D33" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>19640251500270</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>19660437500010</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>19681166500013</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>19691774400019</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>19720916600010</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="3">
         <v>52720107272</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>19730858800015</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>19750707200019</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="I41" s="3" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>19750707200027</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E42" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D42" s="2" t="s">
+      <c r="F42" s="2" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>19753471200017</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>19761904200017</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>19762762300097</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>19781944400013</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>19801344300017</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="D47" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="D47" s="2" t="s">
+      <c r="E47" s="2" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>19811201300018</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D48" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="D48" s="2" t="s">
+      <c r="E48" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="E48" s="2" t="s">
+      <c r="F48" s="2" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>19830766200017</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>19840685200204</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="D51" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="D51" s="2" t="s">
+      <c r="E51" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="E51" s="2" t="s">
+      <c r="F51" s="2" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="D54" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="D54" s="2" t="s">
+      <c r="E54" s="2" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="3"/>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>43411361900119</v>
+        <v>34896746400028</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="I58" s="3">
-        <v>53220704022</v>
+        <v>22800077680</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>34896746400028</v>
+        <v>39064039900015</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="I59" s="3">
-        <v>22800077680</v>
+        <v>97970049697</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>41900799200037</v>
+        <v>39089496200054</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>152</v>
+        <v>216</v>
       </c>
       <c r="I60" s="3">
-        <v>97970086297</v>
+        <v>11770565477</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>39064039900015</v>
+        <v>39174243400015</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>217</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="I61" s="3">
-        <v>97970049697</v>
+        <v>95970009897</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>39089496200054</v>
+        <v>43411361900119</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>223</v>
+        <v>151</v>
       </c>
       <c r="I62" s="3">
-        <v>11770565477</v>
+        <v>53220704022</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>39174243400015</v>
+        <v>43964416200034</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="I63" s="3">
-        <v>95970009897</v>
+        <v>93131641013</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>82304134800017</v>
+        <v>44320628900045</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="D64" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>228</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>229</v>
+        <v>24</v>
       </c>
       <c r="I64" s="3">
-        <v>44540353454</v>
+        <v>82690751869</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>82434427900149</v>
+        <v>44338132200025</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="F65" s="2" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="3">
-        <v>75331053233</v>
+        <v>98970282197</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>82456546900015</v>
+        <v>44911357000013</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="F66" s="2" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="I66" s="3">
-        <v>28140302014</v>
+        <v>24450217445</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>82456546900056</v>
+        <v>41900799200037</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>161</v>
+        <v>236</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="G67" s="2" t="s">
         <v>237</v>
       </c>
+      <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="I67" s="3">
-        <v>28140302014</v>
+        <v>97970086297</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>82456546900064</v>
+        <v>32439762900118</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="I68" s="3">
-        <v>28140302014</v>
+        <v>52440210544</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>82456546900072</v>
+        <v>34022316300023</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>28140302014</v>
+        <v>24</v>
+      </c>
+      <c r="I69" s="3" t="s">
+        <v>244</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>82456546900080</v>
+        <v>50876465100024</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="I70" s="3">
-        <v>28140302014</v>
+        <v>27210417621</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>82456546900106</v>
+        <v>50876465100032</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>245</v>
-[...3 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="I71" s="3">
-        <v>28140302014</v>
+        <v>27210417621</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>43964416200034</v>
+        <v>47869623000026</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="D72" s="2"/>
+        <v>250</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>251</v>
+      </c>
       <c r="E72" s="2" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="I72" s="3">
-        <v>93131641013</v>
+        <v>74190047519</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>44320628900045</v>
+        <v>48482681300020</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="3">
-        <v>82690751869</v>
+        <v>97970139397</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>44338132200025</v>
+        <v>49189213900016</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="I74" s="3">
-        <v>98970282197</v>
+        <v>91340604534</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>44911357000013</v>
+        <v>49386136300072</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="G75" s="2"/>
+        <v>263</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>264</v>
+      </c>
       <c r="H75" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="I75" s="3">
-        <v>24450217445</v>
+        <v>11755205675</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>47869623000026</v>
+        <v>49386136300080</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="I76" s="3">
-        <v>74190047519</v>
+        <v>11755205675</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I77" s="3">
         <v>31590046859</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>77821328000044</v>
+        <v>78441405400113</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="D78" s="2"/>
+        <v>269</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>269</v>
+      </c>
       <c r="E78" s="2" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>121</v>
+        <v>271</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="I78" s="3">
-        <v>26210001921</v>
+        <v>11750049975</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>78441405400113</v>
+        <v>78515062400365</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="I79" s="3">
-        <v>11750049975</v>
+        <v>11753852175</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>78515062400365</v>
+        <v>79492628700028</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>273</v>
+        <v>36</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="I80" s="3"/>
       <c r="J80" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>32439762900118</v>
+        <v>34238263700011</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I81" s="3">
-        <v>52440210544</v>
+        <v>52490003849</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>34022316300023</v>
+        <v>77821328000044</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>279</v>
+        <v>120</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>151</v>
+      </c>
+      <c r="I82" s="3">
+        <v>26210001921</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>34238263700011</v>
+        <v>82304134800017</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>24</v>
+        <v>285</v>
       </c>
       <c r="I83" s="3">
-        <v>52490003849</v>
+        <v>44540353454</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>79492628700028</v>
+        <v>82434427900149</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>36</v>
+        <v>288</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="I84" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I84" s="3">
+        <v>75331053233</v>
+      </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>50876465100024</v>
+        <v>82456546900015</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="I85" s="3">
-        <v>27210417621</v>
+        <v>28140302014</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>50876465100032</v>
+        <v>82456546900056</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>289</v>
+        <v>160</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="G86" s="2"/>
+        <v>292</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>293</v>
+      </c>
       <c r="H86" s="2" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="I86" s="3">
-        <v>27210417621</v>
+        <v>28140302014</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>48482681300020</v>
+        <v>82456546900064</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="D87" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>292</v>
       </c>
-      <c r="E87" s="2" t="s">
-[...5 lines deleted...]
-      <c r="G87" s="2"/>
+      <c r="G87" s="2" t="s">
+        <v>295</v>
+      </c>
       <c r="H87" s="2" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="I87" s="3">
-        <v>97970139397</v>
+        <v>28140302014</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>49189213900016</v>
+        <v>82456546900072</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>296</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>297</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>152</v>
+        <v>216</v>
       </c>
       <c r="I88" s="3">
-        <v>91340604534</v>
+        <v>28140302014</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>49386136300072</v>
+        <v>82456546900080</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="F89" s="2" t="s">
         <v>299</v>
       </c>
-      <c r="F89" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="I89" s="3">
-        <v>11755205675</v>
+        <v>28140302014</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>49386136300080</v>
+        <v>82456546900106</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>301</v>
       </c>
-      <c r="G90" s="2"/>
+      <c r="G90" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="H90" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="I90" s="3">
-        <v>11755205675</v>
+        <v>28140302014</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -4750,31 +4747,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 15:55:10</dc:description>
+  <dc:description>Export en date du 12/08/2025 10:06:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>