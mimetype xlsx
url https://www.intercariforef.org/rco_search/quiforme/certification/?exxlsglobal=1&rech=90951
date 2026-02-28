--- v1 (2025-12-08)
+++ v2 (2026-02-28)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="300">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -301,80 +301,74 @@
   <si>
     <t>2514P600014</t>
   </si>
   <si>
     <t>UNIVERSITE DIJON BOURGOGNE</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE CAMPUS ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE BESANCON</t>
   </si>
   <si>
     <t>UNIVERSITE DE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
   </si>
   <si>
     <t>05/10/1994</t>
   </si>
   <si>
-    <t>4325P000425</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT NATIONAL POLYTECHNIQUE DE TOULOUSE</t>
   </si>
   <si>
     <t>IPST - CNAM</t>
   </si>
   <si>
     <t>MAISON RECHERCHE ET VALORISATION 118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>10/06/2013</t>
   </si>
   <si>
     <t>UNIVERSITE TOULOUSE 1 CAPITOLE</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>UNIVERSITE TOULOUSE III - PAUL SABATIER</t>
   </si>
   <si>
     <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
-    <t>7331P001631</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE DE RENNES I</t>
   </si>
   <si>
     <t>2 RUE DU THABOR 35000 RENNES</t>
   </si>
   <si>
     <t>UNIVERSITE D'ORLEANS</t>
   </si>
   <si>
     <t>CHATEAU DE LA SOURCE AVENUE DU PARC FLORAL 45100 ORLEANS</t>
   </si>
   <si>
     <t>07/11/1983</t>
   </si>
   <si>
     <t>2445P000445</t>
   </si>
   <si>
     <t>UNIVERSITE D'ANGERS</t>
   </si>
   <si>
     <t>40 RUE DE RENNES 49100 ANGERS</t>
   </si>
   <si>
     <t>20/02/1998</t>
@@ -568,53 +562,50 @@
   <si>
     <t>UNIVERSITE DE TOULON</t>
   </si>
   <si>
     <t>AV DE L UNIVERSITE 83130 LA GARDE</t>
   </si>
   <si>
     <t>9383P002683</t>
   </si>
   <si>
     <t>AVIGNON UNIVERSITE</t>
   </si>
   <si>
     <t>74 RUE LOUIS PASTEUR 84000 AVIGNON</t>
   </si>
   <si>
     <t>26/09/1997</t>
   </si>
   <si>
     <t>9384P000984</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
@@ -637,273 +628,276 @@
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>13 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>15/07/2002</t>
+  </si>
+  <si>
+    <t>4390P000290</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
     <t>CNAM HAUTS-DE-FRANCE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>AV DES FACULTES 80000 AMIENS</t>
   </si>
   <si>
     <t>23/01/1990</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CNAM DE MARTINIQUE</t>
   </si>
   <si>
     <t>CAMPUS INIVERSITAIRE BP 7216 CAMPUS UNIVERSITAIRE 97233 SCHOELCHER</t>
   </si>
   <si>
     <t>01/03/1993</t>
   </si>
   <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS EN GUADELOUPE</t>
   </si>
   <si>
     <t>CAMPUS FOUILLE FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>CNAM BRETAGNE - AGCNAM</t>
   </si>
   <si>
     <t>2 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
   </si>
   <si>
     <t>02/02/2009</t>
   </si>
   <si>
+    <t>INSTITUT DE LA FONCTION COMMERCIALE</t>
+  </si>
+  <si>
+    <t>ZI LA LEZARDE 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>15/04/2011</t>
+  </si>
+  <si>
     <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
   </si>
   <si>
     <t>12 PL DES ABATTOIRS 13015 MARSEILLE 15EME</t>
   </si>
   <si>
     <t>16/06/2012</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATION DES ARTS ET METIERS AUVERGNE-RHONE-ALPES</t>
   </si>
   <si>
     <t>CNAM AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>4 RUE RAVIER 69007 LYON</t>
   </si>
   <si>
     <t>07/07/2011</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REUNION</t>
   </si>
   <si>
     <t>ZAC 2000 18 RUE CLAUDE CHAPPE 97420 LE PORT</t>
   </si>
   <si>
     <t>26/07/2017</t>
   </si>
   <si>
     <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
   </si>
   <si>
     <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
-    <t>INSTITUT DE LA FONCTION COMMERCIALE</t>
-[...26 lines deleted...]
-    <t>4390P000290</t>
+    <t>GEST ECOL FORM INITIAL ALTER METIE TP</t>
+  </si>
+  <si>
+    <t>EFIATP</t>
+  </si>
+  <si>
+    <t>26 RUE DE BELLEVUE 19300 EGLETONS</t>
+  </si>
+  <si>
+    <t>14/06/2004</t>
+  </si>
+  <si>
+    <t>LA CARIBEENNE DE FORMATION</t>
+  </si>
+  <si>
+    <t>ESSENTIA CARAIBES</t>
+  </si>
+  <si>
+    <t>ZI DE CHAMPIGNY IMM LAGUERRE BAT A PETITE COCOTTE 97224 DUCOS</t>
+  </si>
+  <si>
+    <t>15/10/2010</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
+  </si>
+  <si>
+    <t>PARC EUROMEDECINE 989 RUE DE LA CROIX VERTE 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
+    <t>OPENCLASSROOMS</t>
+  </si>
+  <si>
+    <t>10 QUAI DE LA CHARENTE 75019 PARIS</t>
+  </si>
+  <si>
+    <t>04/06/2020</t>
+  </si>
+  <si>
+    <t>12/12/2022</t>
+  </si>
+  <si>
+    <t>2 COUR DE L'ILE LOUVIERS 75004 PARIS</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
   </si>
   <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
     <t>5 RUE DE MULHOUSE 21000 DIJON</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
-    <t>GEST ECOL FORM INITIAL ALTER METIE TP</t>
-[...46 lines deleted...]
-  <si>
     <t>INSTITUT CATHOLIQUE DE LILLE</t>
   </si>
   <si>
     <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
+    <t>AFPI BOURGOGNE 21 71</t>
+  </si>
+  <si>
+    <t>10 ALLEE ANDRE BOURLAND 21000 DIJON</t>
+  </si>
+  <si>
     <t>SUP'EXPERTISE</t>
   </si>
   <si>
     <t>50 RUE DE LONDRES 75008 PARIS</t>
   </si>
   <si>
     <t>09/02/2021</t>
   </si>
   <si>
     <t>CNAM ILE DE FRANCE - AGCNAM</t>
   </si>
   <si>
     <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>OPERATEUR PUBLIC REGIONAL DE FORMATION</t>
   </si>
   <si>
     <t>LE LARIVOT 49 LOTISSEMENT DALMAZIR 97351 MATOURY</t>
-  </si>
-[...13 lines deleted...]
-    <t>10 ALLEE ANDRE BOURLAND 21000 DIJON</t>
   </si>
   <si>
     <t>CNAM GRAND EST</t>
   </si>
   <si>
     <t>4 AVENUE DOCTEUR HEYDENREICH 54000 NANCY</t>
   </si>
   <si>
     <t>30/08/2016</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>CNAM NOUVELLE-AQUITAINE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>CITE NUMERIQUE 2 RUE MARC SANGNIER 33130 BEGLES</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
     <t>CNAM NORMANDIE</t>
   </si>
@@ -2244,2486 +2238,2472 @@
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>19251215000363</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19311381800150</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="E26" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="3">
         <v>76310875731</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>19311382600013</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19311384200010</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19350936100013</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>19450855200016</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>19490970100303</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="3">
         <v>52490195049</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>19594403800205</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>118</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>19640251500270</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>19660437500010</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>19681166500013</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>19691774400019</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>19720916600010</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="3">
         <v>52720107272</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>19730858800015</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>19750707200019</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>19750707200027</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>19753471200017</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>19761904200017</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>19762762300097</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>19781944400013</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>19801344300017</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="E47" s="2" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>19811201300018</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="E48" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="D48" s="2" t="s">
+      <c r="F48" s="2" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>19830766200017</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>19840685200204</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>183</v>
-      </c>
-[...7 lines deleted...]
-        <v>186</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="3"/>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>34896746400028</v>
+        <v>32439762900118</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="3">
-        <v>22800077680</v>
+        <v>52440210544</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>39064039900015</v>
+        <v>34022316300023</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>97970049697</v>
+        <v>24</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>210</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>39089496200054</v>
+        <v>34238263700011</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>216</v>
+        <v>24</v>
       </c>
       <c r="I60" s="3">
-        <v>11770565477</v>
+        <v>52490003849</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>39174243400015</v>
+        <v>34896746400028</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="I61" s="3">
-        <v>95970009897</v>
+        <v>22800077680</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>43411361900119</v>
+        <v>39064039900015</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="I62" s="3">
-        <v>53220704022</v>
+        <v>97970049697</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>43964416200034</v>
+        <v>39089496200054</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>151</v>
+        <v>223</v>
       </c>
       <c r="I63" s="3">
-        <v>93131641013</v>
+        <v>11770565477</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>44320628900045</v>
+        <v>39174243400015</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="D64" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F64" s="2" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>24</v>
+        <v>149</v>
       </c>
       <c r="I64" s="3">
-        <v>82690751869</v>
+        <v>95970009897</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>44338132200025</v>
+        <v>43411361900119</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>24</v>
+        <v>149</v>
       </c>
       <c r="I65" s="3">
-        <v>98970282197</v>
+        <v>53220704022</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>44911357000013</v>
+        <v>41900799200037</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="I66" s="3">
-        <v>24450217445</v>
+        <v>97970086297</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>41900799200037</v>
+        <v>43964416200034</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="I67" s="3">
-        <v>97970086297</v>
+        <v>93131641013</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>32439762900118</v>
+        <v>44320628900045</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="F68" s="2" t="s">
         <v>238</v>
-      </c>
-[...5 lines deleted...]
-        <v>240</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="3">
-        <v>52440210544</v>
+        <v>82690751869</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>34022316300023</v>
+        <v>44338132200025</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I69" s="3" t="s">
-        <v>244</v>
+      <c r="I69" s="3">
+        <v>98970282197</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>50876465100024</v>
+        <v>44911357000013</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I70" s="3">
-        <v>27210417621</v>
+        <v>24450217445</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>50876465100032</v>
+        <v>47869623000026</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="D71" s="2"/>
+      <c r="D71" s="2" t="s">
+        <v>246</v>
+      </c>
       <c r="E71" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="I71" s="3">
-        <v>27210417621</v>
+        <v>74190047519</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>47869623000026</v>
+        <v>48482681300020</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="D72" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="D72" s="2" t="s">
+      <c r="E72" s="2" t="s">
         <v>251</v>
       </c>
-      <c r="E72" s="2" t="s">
+      <c r="F72" s="2" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>147</v>
+        <v>24</v>
       </c>
       <c r="I72" s="3">
-        <v>74190047519</v>
+        <v>97970139397</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>48482681300020</v>
+        <v>49189213900016</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="D73" s="2" t="s">
+      <c r="F73" s="2" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>24</v>
+        <v>149</v>
       </c>
       <c r="I73" s="3">
-        <v>97970139397</v>
+        <v>91340604534</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>49189213900016</v>
+        <v>49386136300072</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="G74" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="F74" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="I74" s="3"/>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>49386136300072</v>
+        <v>49386136300080</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="H75" s="2" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="I75" s="3"/>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>49386136300080</v>
+        <v>50876465100024</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>264</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="I76" s="3">
-        <v>11755205675</v>
+        <v>27210417621</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>77562424000013</v>
+        <v>50876465100032</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I77" s="3">
-        <v>31590046859</v>
+        <v>27210417621</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>78441405400113</v>
+        <v>77562424000013</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="D78" s="2"/>
+      <c r="E78" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>269</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="I78" s="3">
-        <v>11750049975</v>
+        <v>31590046859</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>78515062400365</v>
+        <v>77821328000044</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>274</v>
+        <v>118</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="I79" s="3">
-        <v>11753852175</v>
+        <v>26210001921</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>79492628700028</v>
+        <v>78441405400113</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="D80" s="2"/>
+        <v>272</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>272</v>
+      </c>
       <c r="E80" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>36</v>
+        <v>274</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="I80" s="3"/>
+        <v>149</v>
+      </c>
+      <c r="I80" s="3">
+        <v>11750049975</v>
+      </c>
       <c r="J80" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>34238263700011</v>
+        <v>78515062400365</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>24</v>
+        <v>149</v>
       </c>
       <c r="I81" s="3">
-        <v>52490003849</v>
+        <v>11753852175</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>77821328000044</v>
+        <v>79492628700028</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="I82" s="3"/>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
         <v>82304134800017</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="I83" s="3">
         <v>44540353454</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I84" s="3">
         <v>75331053233</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>82456546900015</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="I85" s="3">
         <v>28140302014</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>82456546900056</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="H86" s="2" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="I86" s="3"/>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
         <v>82456546900064</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="I87" s="3"/>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
         <v>82456546900072</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="I88" s="3">
         <v>28140302014</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>82456546900080</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="I89" s="3">
         <v>28140302014</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>82456546900106</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="I90" s="3"/>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -4747,31 +4727,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/08/2025 10:06:15</dc:description>
+  <dc:description>Export en date du 02/28/2026 01:39:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>