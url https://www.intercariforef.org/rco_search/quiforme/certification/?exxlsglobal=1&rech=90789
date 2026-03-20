--- v0 (2025-10-29)
+++ v1 (2026-03-20)
@@ -118,72 +118,72 @@
   <si>
     <t>ASDER</t>
   </si>
   <si>
     <t>124 RUE DU BON VENT 73000 CHAMBERY</t>
   </si>
   <si>
     <t>07/01/2004</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
   </si>
   <si>
     <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
   </si>
   <si>
     <t>19/07/1999</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>INSTITUT REG UNIVERSITAIRE POLYTECHNIQUE</t>
+  </si>
+  <si>
+    <t>CAMPUS INDUSTRIEL RUE DE COPERNIC 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>28/06/2013</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>CENTRE DE FORMATION LA FUTAIE - LES TOUCHES</t>
   </si>
   <si>
     <t>LA FUTAIE 53410 PORT-BRILLET</t>
   </si>
   <si>
     <t>27/06/1985</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.42Z</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ST JOSEPH-LA SALLE LORIENT</t>
   </si>
   <si>
     <t>42 RUE DE KERGUESTENEN 56100 LORIENT</t>
   </si>
   <si>
     <t>01/09/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -747,117 +747,117 @@
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I5" s="3">
         <v>73310029931</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78625629700023</v>
+        <v>40247415900058</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I6" s="3">
-        <v>52530007953</v>
+        <v>82420094742</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>40247415900058</v>
+        <v>78625629700023</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I7" s="3">
-        <v>82420094742</v>
+        <v>52530007953</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>87773957300013</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>33</v>
@@ -910,31 +910,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/30/2025 00:40:44</dc:description>
+  <dc:description>Export en date du 03/20/2026 10:26:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>